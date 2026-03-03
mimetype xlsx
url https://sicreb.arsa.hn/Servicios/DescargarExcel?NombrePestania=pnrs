--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Registros" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1629" uniqueCount="1629">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1758" uniqueCount="1758">
   <si>
     <t xml:space="preserve">No. </t>
   </si>
   <si>
     <t>Tipo de solicitud:</t>
   </si>
   <si>
     <t>Nombre del producto:</t>
   </si>
   <si>
     <t>Nombre de sustancias activas / Principio activo:</t>
   </si>
   <si>
     <t>Forma farmacéutica:</t>
   </si>
   <si>
     <t>Vía de administración (1):</t>
   </si>
   <si>
     <t>Vía de administración (2):</t>
   </si>
   <si>
     <t>Vía de administración (3):</t>
   </si>
   <si>
@@ -81,116 +81,110 @@
   <si>
     <t xml:space="preserve">Pais acondicionador </t>
   </si>
   <si>
     <t>Acondicionador(es)</t>
   </si>
   <si>
     <t>Pais del Acondicionador(es)</t>
   </si>
   <si>
     <t>Nombre del titular</t>
   </si>
   <si>
     <t>País titular:</t>
   </si>
   <si>
     <t>Numero de Registro Sanitario</t>
   </si>
   <si>
     <t>Fecha de Vigencia de Registro:</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>RENOVACIÓN, MODIFICACIÓN:, INFORMACIÓN EN EL ETIQUETADO PRIMARIO Y SECUNDARIO, DISEÑO DEL ETIQUETADO DEL EMPAQUE PRIMARIO/SECUNDARIO</t>
-[...8 lines deleted...]
-    <t>COMPRIMIDO RECUBIERTO</t>
+    <t>NUEVO REGISTRO SANITARIO</t>
+  </si>
+  <si>
+    <t>BRONCOMED HELIX JARABE</t>
+  </si>
+  <si>
+    <t>HIEDRA (HEDERA HELIX).</t>
+  </si>
+  <si>
+    <t>JARABE</t>
   </si>
   <si>
     <t>ORAL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>CAJA CONTENIENDO 20 COMPRIMIDOS RECUBIERTOS EN BLISTER</t>
-[...5 lines deleted...]
-    <t>CADA COMPRIMIDO RECUBIERTO CONTIENE: GINKGO BILOBA, EXTRACTO DE HOJA 40 MG, EXCIPIENTES C.S.P</t>
+    <t>CAJA CONTENIENDO FRASCO CON 100 ML DE JARABE. MUESTRA MÉDICA: CAJA CONTENIENDO FRASCO CON 100 mL DE JARABE.</t>
+  </si>
+  <si>
+    <t>FRASCO PET AMBAR.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CADA 100 ML DE JARABE CONTIENE: EXTRACTO DE HIEDRA
+DESECADA (HEDERA HELIX) EQUIVALENTE A 35 MG HEDERACOSIDO C, EXCIPIENTES: AGUA
+62.30 G, SORBTTOL 35.00 MG, PROLILENGLICOL 1.OO G, GOMA XANTAN O.5O G, SORBATO DE
+POTASIO O.3O G, SACARINA SODICA O.1O G, ACIDO CITRICO O.1O G.</t>
   </si>
   <si>
     <t>24 MESES</t>
   </si>
   <si>
     <t>ALMACENAR A UNA TEMPERATURA MENOR A 30 C</t>
   </si>
   <si>
     <t>Producto de venta libre</t>
   </si>
   <si>
-    <t>LABORATORIOS ATRAL, S.A.</t>
-[...11 lines deleted...]
-    <t>13/9/2025</t>
+    <t xml:space="preserve">COSMETICA INTERNACIONAL S.A. DE C.V. (COINSA), </t>
+  </si>
+  <si>
+    <t>HONDURAS</t>
+  </si>
+  <si>
+    <t>HN-PN-I221-0003</t>
+  </si>
+  <si>
+    <t>16/12/2026</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>RENOVACIÓN, MODIFICACIÓN:, CAMBIO EN LA PRESENTACIÓN COMERCIAL</t>
   </si>
   <si>
     <t>PASSIFLORA COMPUESTA JARABE</t>
   </si>
   <si>
-    <t>EXTRACTO ESTANDARIZADO DE PASSIFLORA (PASSIFLORA INCARNATA), EXTRACTO ESTANDARIZADO DE VALERIANA (VALERIANA OFFICINALIS), EXTRACTO ESTANDARIZADO DE LECHUGA (LACTUCA VIROSA)</t>
-[...4 lines deleted...]
-  <si>
     <t>CAJA CON FRASCO CONTENIENDO 120 ML Y 240 ML DE JARABE. MUESTRA MÉDICA: CAJA CON FRASCO CONTENIENDO 30 ML DE JARABE</t>
   </si>
   <si>
     <t>FRASCO PET ÁMBAR</t>
   </si>
   <si>
     <t>CADA 15 ML DE JARABE CONTIENEN: EXTRACTO ESTANDARIZADO DE PASSIFLORA AL 1.8% (PASSIFLORA INCARNATA) 4:1 237.0 MG, EXTRACTO ESTANDARIZADO DE VALERIANA AL 0.8% (VALERIANA OFFICINALIS) 4:1 187.5 MG, EXTRACTO ESTANDARIZADO DE LECHUGA AL 1% (LACTUCA VIROSA) 4:1 187.5 MG, EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>36 MESES</t>
   </si>
   <si>
     <t>LANCASCO S.A.</t>
   </si>
   <si>
     <t>GUATEMALA</t>
   </si>
   <si>
     <t>HN-PN-1020-0001</t>
   </si>
   <si>
     <t>28/2/2026</t>
   </si>
   <si>
     <t>3</t>
@@ -201,168 +195,176 @@
   <si>
     <t>PASSIFLORA COMPUESTA CON TILO LANCASCO TABLETAS RECUBIERTAS</t>
   </si>
   <si>
     <t>EXTRACTO ESTANDARIZADO DE PASSIFLORA (PASSIFLORA INCARNATA), EXTRACTO ESTANDARIZADO DE VALERIANA (VALERIANA OFFICINALIS), EXTRACTO ESTANDARIZADO DE LECHUGA (LACTUCA VIROSA) Y EXTRACTO ESTANDARIZADO DE TILO (TILIA PLATYPHYLLOS)</t>
   </si>
   <si>
     <t>TABLETA RECUBIERTA</t>
   </si>
   <si>
     <t>CAJA CONTENIENDO 10, 30, 50, 100 TABLETAS RECUBIERTAS. MUESTRA MÉDICA: CAJA CONTENIENDO 2 TABLETAS RECUBIERTAS</t>
   </si>
   <si>
     <t>BLISTER DE ACLAR/ALUMINIO</t>
   </si>
   <si>
     <t>CADA TABLETA RECUBIERTA CONTIENE: EXTRACTO ESTANDARIZADO DE PASSIFLORA AL 1.8% (PASSIFLORA INCARNATA) 4:1 225.00 MG, EXTRACTO ESTANDARIZADO DE VALERIANA AL 0.8% (VALERIANA OFFICINALIS) 4:1 100.00 MG, EXTRACTO ESTANDARIZADO DE LECHUGA AL 1% (LACTUCA VIROSA) 4:1 100.00 MG, EXTRACTO ESTANDARIZADO DE TILO AL 2% (TILIA PLATYPHYLLOS) 4:1 25.00 MG, EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>HN-PN-1020-0002</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
+    <t>PRONTOLAX CÁPSULAS DE GELATINA SUAVE.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXTRACTO DE SENNA EQUMLENTE A SENÓSIDOS
+(HOJAS), EXTRACTO DE CIRUELA (FRUTO).</t>
+  </si>
+  <si>
+    <t>CAPSULA BLANDA</t>
+  </si>
+  <si>
+    <t>CAJA CONTENIENDO 30 CÁPSULAS DE GELATINA SUAVE EN BLISTER. CAJA CONTENIENDO 510 CON 15 CÁPSULAS DE GELATINA SUAVE.</t>
+  </si>
+  <si>
+    <t>BLISTER DE ALUMINIO/ PVC-PVDC TRANSPARENTE E INCOLORO.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CADA CÁPSULA DE GELATINA SUAVE CONTIENE: EXTRACTO DE
+SENNA 20% EQUTVALENTE A SENÓSIDOS 12 MG (CASSTA ACUTTFOLIA D.) 60.0 MG, EXTRACTO
+DE CIRUELA (PRUNUS SALICINA L.) 15.0 MG, EXCIPIENTES C.S.P.</t>
+  </si>
+  <si>
+    <t>FARMAGELATINA, S.A.</t>
+  </si>
+  <si>
+    <t>FARMACIA VERSALLES.</t>
+  </si>
+  <si>
+    <t>HN-PN-0222-0002</t>
+  </si>
+  <si>
+    <t>9/2/2027</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>RENOVACIÓN, MODIFICACIÓN:, CAMBIO EN EL NOMBRE DEL PRODUCTO, PERIODO DE VIDA ÚTIL</t>
+  </si>
+  <si>
+    <t>HIGO MIEL LANCASCO JARABE</t>
+  </si>
+  <si>
+    <t>EXTRACTO DE HIGO, EXTRACTO DE MENTA, EXTRACTO DE ROMERO, EXTRACTO DE MENTA, MIEL DE ABEJAS, EUCALIPTOL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAJA CON FRASCO CONTENIENDO 120 ML DE JARABE. MUESTRA MÉDICA: 1 AMPOLLA BEBIBLE DE 10 ML DE JARABE, CAJA CON FRASCO CONTENIENDO 20ML. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CADA 5 ML DE JARABE CONTIENE: EXTRACTO DE HIGO LIQUIDO 10% (FICUS CARICA) 250.0 MG, EXTRACTO DE MENTA (MENTHA PIPERITA) LIQUIDO 10%  100.0 MG, EXTRACTO DE ROMERO (ROSMARINUS OFFICINALIS) LIQUIDO 10% 100.0 MG, EUCALIPTOL 2.5 MG, MIEL DE ABEJAS 2.0 ML, EXCIPIENTES C.S.P</t>
+  </si>
+  <si>
+    <t>HN-PN-1020-0007</t>
+  </si>
+  <si>
+    <t>27/6/2026</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>MUXELIX JARABE 35 MG/5ML.</t>
+  </si>
+  <si>
+    <t>EXTRACTO SECO DE HOJAS DE HEDERA HÉLIX L..</t>
+  </si>
+  <si>
+    <t>CAJA/FRASCO DE POLIETILENTEREFTALATO (PET) COLOR ÁMBAR CONTENIENDO 120 ML DE JARABE + CUCHARA PLASTICA.</t>
+  </si>
+  <si>
+    <t>FRASCO DE POLIETILENTEREFTALATO (PET) COLOR AMBAR.</t>
+  </si>
+  <si>
+    <t>CADA 5 ML DE JARABE CONTIENEN 35 mg DE EXTRACTO SECO DE HOJAS DE HEDERA HÉLIX L. EXCIPIENTES C.S.P..</t>
+  </si>
+  <si>
+    <t>LABORATORIOS SAVAL S.A.,</t>
+  </si>
+  <si>
+    <t>CHILE</t>
+  </si>
+  <si>
+    <t>HN-PN-0721-0005</t>
+  </si>
+  <si>
+    <t>21/7/2026</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
     <t>RENOVACIÓN</t>
   </si>
   <si>
-    <t>DIFUR</t>
-[...113 lines deleted...]
-    <t>28/10/2025</t>
+    <t xml:space="preserve">METAMUCIL EN POLVO SABOR NARANJA.
+</t>
+  </si>
+  <si>
+    <t>PSYLLIUM PLANTAGO.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POLVO
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOTE CONTENIENDO 174 G Y 425 G. SOBRE DE MATERIAL LAMINADO MULTICAPA CON PAPEL ALUMINIO CON CAPA PROTECTORA CONTENIENDO 5.8g DEL PRODUCTO METAMUCIL EN POLVO SABOR NARANJA.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOTES DE HDPE CON CIERRE DE POLIPROPILENO.        
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CADA 5.8 G CONTIENE: POLVO DE CASCARA DE SEMILLA DE PLANTAGO PSYLLIUM 3.258 G, EXCIPIENTES C.S.P..
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THE PROCTER &amp; GAMBLE MANUFACTURING COMPANY, </t>
+  </si>
+  <si>
+    <t>ESTADOS UNIDOS DE AMÉRICA</t>
+  </si>
+  <si>
+    <t>HN-PN-1217-0002</t>
+  </si>
+  <si>
+    <t>19/12/2027</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>RENIKAN 80%</t>
   </si>
   <si>
     <t>EXTRACTO LIQUIDO DE RAICES DE PELARGONIUM SIDOIDES (1:8-10) (ETANOL 11% M/M)</t>
   </si>
   <si>
     <t>SOLUCIÓN</t>
   </si>
   <si>
     <t>CAJA CONTENIENDO FRASCO X 20 ML DE SOLUCIÓN. MUESTRA MÉDICA: CAJA CONTENIENDO FRASCO X 10 ML DE SOLUCIÓN</t>
   </si>
   <si>
     <t>FRASCO DE VIDRIO ÁMBAR TIPO III</t>
   </si>
   <si>
     <t>CADA 1 ML (APROX. 1 G) DE SOLUCIÓN CONTIENE: EXTRACTO LIQUIDO DE RAICES DE PELARGONIUM SIDOIDES 0.8 G (1:8-10) (ETANOL 11% M/M), EXCIPIENTES C.S.</t>
   </si>
   <si>
     <t>DR. WILLMAR SCHWABE GMBH &amp; CO. KG</t>
   </si>
@@ -508,50 +510,53 @@
   <si>
     <t xml:space="preserve">CADA 15 ML DE SOLUCION CONTIENE:  MIEL DE ABEJA 21.37 G, EXTRACTO DE EUCALIPTO 0.04 G, EXTRACTO DE PROPOLEOS 0.03 G, EXTRACTO DE ACEROLA 0.01 G.</t>
   </si>
   <si>
     <t>APICULTURA LILIAN S. DE R.L.</t>
   </si>
   <si>
     <t>HN-PN-0521-0001</t>
   </si>
   <si>
     <t>5/5/2026</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>KAMILLOSAN SPRAY BUCAL</t>
   </si>
   <si>
     <t>EXTRACTO (1:4, 0-4.5) DE FLORES DE MANZANILLA: FLORES LIGULADAS DE MANZANILLA (4, 7:1) (AMBAS DE MATRICARIA RECUTITA L.), ACEITE DE MANZANILLLA (MATRICARIA RECUTITA L.), ACEITE DE MENTA (MENTHA PIPERITA L.), ACEITE DE ANIS (PIMPINELLA ANISUM L.)</t>
   </si>
   <si>
     <t>BUCAL</t>
   </si>
   <si>
+    <t>MUESTRA MEDICA: FRASCO EN CAJA CONTENIENDO 30 ML DE SOLUCION BUCAL</t>
+  </si>
+  <si>
     <t>FRASCO DE VIDRIO AMBAR</t>
   </si>
   <si>
     <t>CADA 1 ML DE SOLUCION CONTIENE: EXTRACTO (1:4, 0-4.5) DE FLORES DE MANZANILLA: FLORES LIGULADAS DE MANZANILLA (4, 7:1) (AMBAS DE MATRICARIA RECUTITA L.) 366.5 MG, ACEITE DE MANZANILLLA (MATRICARIA RECUTITA L.) 0.7 MG, ACEITE DE MENTA (MENTHA PIPERITA L.) 18.5 MG, ACEITE DE ANIS (PIMPINELLA ANISUM L.) 7.0 MG, EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>PHYTOPHARM KLEKA, S.A.</t>
   </si>
   <si>
     <t>POLONIA</t>
   </si>
   <si>
     <t>MEDA PHARMA GMBH &amp; CO. KG</t>
   </si>
   <si>
     <t>HN-PN-0621-0001</t>
   </si>
   <si>
     <t>22/7/2026</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>RENOVACIÓN, PERIODO DE VIDA ÚTIL</t>
@@ -646,117 +651,129 @@
   <si>
     <t>17</t>
   </si>
   <si>
     <t>HANSAPLAST PARCHE TERMICO LEON</t>
   </si>
   <si>
     <t>EXTRACTO DE FRUTOS DE CAPSICUM FRUTESCENS L.( EXTRACTO CAPSICO)</t>
   </si>
   <si>
     <t>PARCHE</t>
   </si>
   <si>
     <t>SOBRE CONTENIENDO UN PARCHE DE 12 X 18 CM</t>
   </si>
   <si>
     <t>SOBRE DE POLIETILENO LAMINADO</t>
   </si>
   <si>
     <t>CADA PARCHE CONTIENE: EXTRACTO CAPSICO 217.00 MG (EQUIVALENTE A CAPSAICINA 4.8 MG), EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>BSN MEDICAL LTD</t>
   </si>
   <si>
+    <t>COLOMBIA</t>
+  </si>
+  <si>
     <t>BEIERSDORF S.A.</t>
   </si>
   <si>
     <t>HN-PN-0621-0006</t>
   </si>
   <si>
     <t>6/6/2026</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>QG5</t>
   </si>
   <si>
     <t>EXTRACTO ESTANDARIZADO DE HOJA DE PSIDIUM GUAJAVA L. (XALXOCOTL)</t>
   </si>
   <si>
     <t>TABLETA</t>
   </si>
   <si>
-    <t>CAJA CONTENIENDO FRASCO CON 10 Y 30 TABLETAS</t>
+    <t>CAJA CONTENIENDO FRASCO CON 3, 10, 20, 30, 40, 60 TABLETAS. • CAJA CON 3, 10, 20, 30, 40, 60 TABLETAS EN BLÍSTER ALUMINIO-ENVASE DE BURBUJA PVC.</t>
   </si>
   <si>
     <t>FRASCO DE PEAD O HDPE BLANCO</t>
   </si>
   <si>
     <t>CADA TABLETA CONTIENE: EXTRACTO SECO ESTANDARIZADO DE HOJA DE PSIDIUM GUAJAVA L. ( XALXOCOTL) 166.60 MG, EQUIVALENTE A 1.00 MG DE QUERCETINA, EXCIPIENTES C.S.P.</t>
   </si>
   <si>
     <t>GENOMMA LABORATORIES MEXICO S.A. DE C.V.</t>
   </si>
   <si>
+    <t>MEXICO</t>
+  </si>
+  <si>
     <t>HN-PN-0721-0001</t>
   </si>
   <si>
     <t>15/11/2026</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>YEDRAX SOLUCION ORAL</t>
   </si>
   <si>
     <t>EXTRACTO SECO DE HOJA DE HEDERA HELIX POLVO 5% DE HEDERACOSIDO C</t>
   </si>
   <si>
     <t xml:space="preserve">CAJA CON FRASCO CONTENIENDO  120 ML DE JARABE Y MUESTRA MEDICA:  CAJA CON FRASCO CONTENIENDO 20 ML DE JARABE</t>
   </si>
   <si>
     <t xml:space="preserve">CADA 5 ML DE JARABE CONTIENE: EXTRACTO SECO DE HOJA DE HEDERA HELIX POLVO 5% DE HEDERACOSIDO C  35.00 MG, EXCIPIENTES C.S.P.</t>
   </si>
   <si>
+    <t>ALMACENAR EN UN LUGAR FRESCO Y SECO, A UNA TEMPERATURA MENOR A 30 C</t>
+  </si>
+  <si>
     <t>HN-PN-0821-0004</t>
   </si>
   <si>
     <t>16/8/2027</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>PROSTATE WAIS CAPSULAS</t>
   </si>
   <si>
     <t>EXTRACTO LIPIDO -ESTEROLICO DE SERENOA REPENS</t>
+  </si>
+  <si>
+    <t>CÁPSULA</t>
   </si>
   <si>
     <t xml:space="preserve">FRASCO CONTENIENDO  20, 30, 50, 100 Y 500 CAPSULAS Y CAJA CONTENIENDO 20, 30, 50, 100, 500 Y 1000 CAPSULAS EN BLISTER</t>
   </si>
   <si>
     <t>FRASCO DE PLASTICO BLANCO Y BLISTER ALUMINIO-PVC AMBAR</t>
   </si>
   <si>
     <t xml:space="preserve">CADA CAPSULA CONTIENE: EXTRACTO LIPIDO -ESTEROLICO DE SERENOA REPENS  320.00 MG, EXCESO 2%, EXCIPIENTES : CELULOSA MICROCRISTALINA 45.00 MG, DIOXIDO DE SILICIO 5.00 MG.</t>
   </si>
   <si>
     <t>ALMACENAR EN UN LUGAR FRESCO Y SECO, A UNA TEMPERATURA MENOR A 30 C, PROTEGIDO DE LA LUZ</t>
   </si>
   <si>
     <t>LABORATORIOS QUIMICOS FARMACEUTICOS DE HONDURAS S.A. DE C.V.</t>
   </si>
   <si>
     <t>LABORATORIOS QUIMIFAR S.A. DE C.V.</t>
   </si>
   <si>
     <t>HN-PN-0821-0005</t>
   </si>
   <si>
     <t>14/3/2026</t>
   </si>
@@ -965,63 +982,57 @@
   <si>
     <t>20/4/2027</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PALO DE ARCO (PAU D' ARCO)</t>
   </si>
   <si>
     <t>CORTEZA INTERIOR DE PAU D' ARCO (TABEBUIA HEPTAPHYLLA)</t>
   </si>
   <si>
     <t>FRASCO CONTENIENDO 100 CÁPSULAS</t>
   </si>
   <si>
     <t>FRASCO COLOR ÁMBAR DE POLIETILENO DE ALTA DENSIDAD</t>
   </si>
   <si>
     <t>CADA CÁPSULA CONTIENE: CORTEZA INTERIOR DE PAU D' ARCO (TABEBUIA HEPTAPHYLLA) 500.00 mg, EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>NATURE'S SUNSHINE PRODUCTS INC.</t>
   </si>
   <si>
-    <t>ESTADOS UNIDOS DE AMÉRICA</t>
-[...1 lines deleted...]
-  <si>
     <t>HN-PN-0322-0002</t>
   </si>
   <si>
     <t>28/3/2027</t>
   </si>
   <si>
     <t>29</t>
-  </si>
-[...1 lines deleted...]
-    <t>NUEVO REGISTRO SANITARIO</t>
   </si>
   <si>
     <t>MIEL BALSAMICA DON ANECIO</t>
   </si>
   <si>
     <t>MENTOL, EUCALIPTOL, MIEL PURA</t>
   </si>
   <si>
     <t>FRASCO CONTENIENDO 30, 60, 120, 240, 250 Y 480 mL DE SOLUCIÓN</t>
   </si>
   <si>
     <t>FRASCO PET</t>
   </si>
   <si>
     <t>CADA 100 mL DE SOLUCIÓN CONTIENEN: MENTOL 50 mg, EUCALIPTOL 0.06 mL, MIEL PURA C.S.P</t>
   </si>
   <si>
     <t>LABORATORIO PHARMA INTERNACIONAL S. DE R. L.</t>
   </si>
   <si>
     <t>HN-PN-0422-0001</t>
   </si>
   <si>
     <t>8/4/2027</t>
   </si>
@@ -1761,51 +1772,51 @@
   <si>
     <t>BLISTER DE ALUMINIO PVC</t>
   </si>
   <si>
     <t>CADA TABLETA CONTIENE: EXTRACTO DE NERIUM OLEANDER EN POLVO 3 MG, EXCIPIENTES: VITAMINA C 100 MG, ZINC 10 MG, VITAMINA B1 3 MG, VITAMINA B6 3 MG, VITAMINA B 12 9 µg, CELULOSA MIRCROCRISTALINA 49.408 MG, LACTOSA 24.448 MG, CROSCARMELOSA SODICA 19.593 MG, ESTEARATO DE MAGNESIO 3.407 MG, DIÓXIDO DE SILICE COLOIDAL 3.237 MG, SABOR NARANJA 0.767 MG, SACARINA SÓDICA 0.6050 MG</t>
   </si>
   <si>
     <t>LABORTORIOS FRANCELIA, S. DE R.L. DE C.V.</t>
   </si>
   <si>
     <t>DROGUERIA SALUD INTEGRAL</t>
   </si>
   <si>
     <t>HN-PN-1122-0001</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>VISCLAR</t>
   </si>
   <si>
     <t>ACEITE ESENCIAL DE ÁRBOL DE TÉ, EXTRACTO DE ALOE VERA, EXTRACTO ACUOSO DE CALENDULA, EXTRACTO ACUOSO DE MANZANILLA</t>
   </si>
   <si>
-    <t>ENVASE CONTENIENDO 75 mL DE SOLUCIÓN</t>
+    <t xml:space="preserve">ENVASE CONTENIENDO 75 mL DE SOLUCIÓN.  MUESTRA MEDICA DE ENVASE CONTENIENDO 30 ML </t>
   </si>
   <si>
     <t>ENVASE PET TRASLÚCIDO CON VÁLVULA FORMADORA DE ESPUMA</t>
   </si>
   <si>
     <t>CADA 100 mL CONTIENE: ACEITE ESENCIAL DE ÁRBOL DE TÉ (MELALEUCA ALTERNIFOLIA) 25 MG, EXTRACTO DE ALOE VERA (ALOE BARBADENSIS) 125 MG, EXTRACTO ACUOSO DE CALENDULA (CALENDULA OFFICINALIS) 1000 MG, EXTRACTO ACUOSO DE MANZANILLA (CHAMONILA RECUTITA) 500 MG, EXCIPIENTES C.S.P.</t>
   </si>
   <si>
     <t>WELLCO</t>
   </si>
   <si>
     <t>HN-PN-1122-0002</t>
   </si>
   <si>
     <t>10/11/2027</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>RENOVACIÓN DE REGISTRO SANITARIO, NOTIFICACION:</t>
   </si>
   <si>
     <t>PASINERVA CAPSULAS</t>
   </si>
@@ -1816,50 +1827,53 @@
     <t>CAJA CONTENIENDO 5, 30, 100 CAPSULAS. MUESTRA MÉDICA: CAJA CONTENIENDO 2 CAPSULAS .</t>
   </si>
   <si>
     <t>BLISTER DE PVC CRISTAL/ALUMINIO</t>
   </si>
   <si>
     <t xml:space="preserve">CADA CAPSULA CONTIENE: PASIFLORA PASIFLORA INCARNATA(HOJAS) 90MG, VALERIANA VALERIANA OFFICINALIS (RAIZ) 100MG, TILO TILIA PLATYPHYLlOS ET CORDATA (HOJA Y TRONCO) 20MG, LUPULO  HUMULUS LUPULUS (RAIZ)50MG, ALBAHACA MORADA OCIMUM BASILICUM (HOJAS) 50MG, MENTA MENTA PIPERITA (HOJAS) 10MG, RUDA RUTA GRAVEOLENS (HOJAS) 10MG, BOLDO PEUMUS BOLDUS (HOJAS) 40MG, AZAHARES DE NARANJA CITRUS AURANTIUM (FLORES Y CORTEZA) 50MG, APIO APIUM GRAVEOLENS  L (HOJAS) 100MG</t>
   </si>
   <si>
     <t>LABORATORIOS INDUSTRIA FARMACEUTICA S.A. (INFASA)</t>
   </si>
   <si>
     <t>HN-N-1018-0001</t>
   </si>
   <si>
     <t>25/4/2028</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>CIRUELAX FORTE NF</t>
   </si>
   <si>
     <t>EXTRACTO SECO DE HOJAS DE CASSIA ANGUSTIFOLIA</t>
+  </si>
+  <si>
+    <t>COMPRIMIDO RECUBIERTO</t>
   </si>
   <si>
     <t>CAJA CONTENIENDO 15, 30, 45, 60, 75, 90, 105, 120, 135 Y 150 COMPRIMIDOS RECUBIERTOS EN BLISTER. PRESENTACIÓN PROMOCIONAL: CAJA CONTENIENDO 15 COMPRIMIDOS RECUBIERTOS EN BLISTER.</t>
   </si>
   <si>
     <t>BLISTER DE ALUMINIO- PVC/PE/PVDC TRISTAR ULTRA 250/25/12 INCOLORO TRANSPARENTE</t>
   </si>
   <si>
     <t>CADA CAPSULA CONTIENE: EXTRACTO SECO DE HOJAS DE CASSIA ANGUSTIFOLIA 125 MG EQUIVALENTE A 25 MG DE SENÓSIDOS, EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>MEGA LABS S.A.</t>
   </si>
   <si>
     <t>URUGUAY</t>
   </si>
   <si>
     <t>HN-PN-1122-0003</t>
   </si>
   <si>
     <t>23/11/2027</t>
   </si>
   <si>
     <t>60</t>
   </si>
@@ -1891,53 +1905,50 @@
   <si>
     <t>18/4/2028</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>HEDERA HELIX 35 MG/5 ML</t>
   </si>
   <si>
     <t>HEDERA HELIX L (HEDERACOSIDO C)</t>
   </si>
   <si>
     <t>CAJA CONTENIENDO FRASCO CON 100 ML DE JARABE</t>
   </si>
   <si>
     <t>FRASCO PET AMBAR CON TAPA ROSCA DE ALUMINIO COLOR BLANCA</t>
   </si>
   <si>
     <t>CADA 100 ML DE JARABE CONTIENE: EXTRACTO SECO DE HOJAS DESECADAS DE HEDERA HELIX L (5-7,5:1) 0.70 G EQUIVALENTE A 45 MG DE HEDERACOSIDO C</t>
   </si>
   <si>
     <t>MINTLAB Co. S.A</t>
   </si>
   <si>
-    <t>CHILE</t>
-[...1 lines deleted...]
-  <si>
     <t>HN-PN-1222-0001</t>
   </si>
   <si>
     <t>5/12/2027</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>RENOVACIÓN DE REGISTRO SANITARIO, MODIFICACIÓN:, INFORMACIÓN EN EL ETIQUETADO PRIMARIO Y SECUNDARIO, NOTIFICACION:, DISEÑO DEL ETIQUETADO DEL EMPAQUE PRIMARIO/SECUNDARIO</t>
   </si>
   <si>
     <t>COLITÉ</t>
   </si>
   <si>
     <t>Lippia alba N.E (JUANILAMA) + Ocimum basilicum L. Lamiaceae (Albahaca) + Malva sylvestris (Malva) + Foeniculum vulgare Mill. Apiaceae (Hinojo)</t>
   </si>
   <si>
     <t>CAJA CONTENIENDO 25 SOBRES FILTROS</t>
   </si>
   <si>
     <t>SOBRES FILTROS</t>
   </si>
   <si>
     <t>CADA SOBRE DE 1.5 g CONTIENE: Lippia alba N.E 0.39 g, Ocimum basilicum L. Lamiaceae 0.31 g, Malva sylvestris 0.30 g, Foeniculum vulgare Mill. Apiaceae 0.50 g.</t>
@@ -2017,78 +2028,81 @@
   <si>
     <t>FRASCO DE POLIETILENO NATURAL</t>
   </si>
   <si>
     <t>CADA 5mL CONTIENE: EUCALIPTOL 0.003mL, MENTOL 2.5MG, ALCOHOL 0.025 mL, MIEL PURA C.S.P.</t>
   </si>
   <si>
     <t>LABORATORIO PHARMA INTERNACIONAL S. DE R.L.</t>
   </si>
   <si>
     <t>HN-PN-1217-0003</t>
   </si>
   <si>
     <t>21/12/2027</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>NERVITRAN</t>
   </si>
   <si>
     <t>LUPULO, PASIFLORA , VALERIANA</t>
   </si>
   <si>
-    <t>CAJA CONTENIENDO 48 TABLETAS</t>
+    <t xml:space="preserve">CAJA CONTENIENDO 48 TABLETAS, CAJA X 1 BLÍSTER X 4 TABLETAS
+PRESENTACIÓN MUESTRA MÉDICA: CAJA X 1 BLÍSTER X 4 TABLETAS 
+</t>
   </si>
   <si>
     <t>BLISTER PVC/PVDC 250/40 MICRAS COLOR ÁMBAR 275 MICRAS, CON CAPACIDAD PARA 12 TABLETAS, RECUBIERTAS CON FOIL DE ALUMINIO, CON IMPRESIONES DEL PRODUCTO</t>
   </si>
   <si>
     <t>CADA TABLETA CONTIENE: LÚPULO 10 MG, PASIFLORA 14 MG, VALERIANA 16 MG, EXCIPIENTES C.S.</t>
   </si>
   <si>
     <t>LABORATORIOS SUIZOS S.A. DE C.V.</t>
   </si>
   <si>
     <t>HN-PN-0118-0022</t>
   </si>
   <si>
     <t>24/1/2028</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>COLITISIL TABLETAS.</t>
   </si>
   <si>
     <t>EXTRACTO SECO DE PAPAINA, EXTRACTO SECO DE BROMELINA, LIPASA EN POLVO, SEMILLA DE HINOJO, SEMILLA DE ANIS, ALCACHOFA.</t>
   </si>
   <si>
-    <t>CAJA X 48 TABLETAS.</t>
+    <t xml:space="preserve">CAJA X 48 TABLETAS, CAJA X 1 BLÍSTER X 4 TABLETAS, CAJA X 1 BLÍSTER X 12 TABLETAS 
+PRESENTACIÓN MUESTRA MÉDICA: CAJA X 1 X 4 TABLETAS.</t>
   </si>
   <si>
     <t>BLISTER DE PVDC TRANSPARENTE Y PAPEL ALUMINIO/CAJA.</t>
   </si>
   <si>
     <t>CADA TABLETA CONTIENE: EXTRACTO SECO DE PAPAINA 30.0 MG, EXTRACTO SECO DE BROMELINA 50.0 MG, LIPASA EN POLVO 5.0 MG, SEMILLA DE HINOJO 10.0 MG, SEMILLA DE ANIS 30.0 MG, ALCACHOFA 30. MG Y EXCIPIENTES C.S.P.</t>
   </si>
   <si>
     <t>HN-PN-0418-0006</t>
   </si>
   <si>
     <t>27/4/2028</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>PASINERVA</t>
   </si>
   <si>
     <t>PASIFLORA INCARNATA</t>
   </si>
   <si>
     <t>CAJA CON 5, 30, 100 CAPSULAS EN BLISTER DE PVC INCOLORO (CONTENIDO 20 CAJAS CON 5 CAPSULAS C/U) + INSERTO. MUESTRA MEDICA: CAJA CONTENIENDO 2 CAPSULAS EN BLISTER DE PVC INCOLORO.</t>
   </si>
@@ -3112,51 +3126,51 @@
   <si>
     <t>FRASCO DE POLIETILENO CONTENIENDO 90 Y 100 CAPSULAS, CAJA CONTENIENDO 6 BLISTER X 15 CAPSULAS, CAJA CONTENIEND: 4 BLISTER X 15 CAPSULAS, CAJA CONTENIENDO 2 BLISTER X 15 CAPSULAS, MUESTRA MEDICA: CAJA CONTENIENDO 2 CAPSULAS EN BLISTER.</t>
   </si>
   <si>
     <t>FRASCO DE POLIETILENO HDPE Y BLISTER DE ALUMINIO/PVDC.</t>
   </si>
   <si>
     <t>CADA CAPSULA DE GELATINA BLANDA CONTIENE: ACEITE DE AJO 200 MG, ACEITE DE SOYA 160 MG, EXCIPIENTES C.S.P.</t>
   </si>
   <si>
     <t>FARMAGELATINA S.A.</t>
   </si>
   <si>
     <t>HN-PN-1218-0020</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>GAMALINE V</t>
   </si>
   <si>
     <t>ACEITE DE SEMILLA DE BORRAJA (BORAGO OFFICINALIS)</t>
   </si>
   <si>
-    <t>CAJA CONTENIENDO 30 CAPSULAS DE GELATINA BLANDA EN BLISTER Y MUESTRA MEDICA DE 15 CAPSULAS DE GELATINA BLANDA</t>
+    <t xml:space="preserve">CAJA CONTENIENDO 30 CAPSULAS DE GELATINA BLANDA EN BLISTER Y MUESTRA MEDICA DE 15 CAPSULAS DE GELATINA BLANDA.  5 CÁPSULAS DE GELATINA BLANDA EN BLISTER DE PVC/FOIL DE ALUMINIO. </t>
   </si>
   <si>
     <t>BLISTER DE PVC/PVDC AMBAR/ALUMINIO.</t>
   </si>
   <si>
     <t>CADA CAPSULA DE GELATINA BLANDA CONTIENE: ACEITE DE BORRAJA 900 MG EQUIVALENTE A 180 MG DE ACIDO GAMALINOLENICO. VEHICULO C.S.P</t>
   </si>
   <si>
     <t>HERBARIUM LABORATORIO BOTANICO S.A.</t>
   </si>
   <si>
     <t>BRASIL</t>
   </si>
   <si>
     <t>HN-PN-1118-0002</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>RENUVIT VALERIANA CON MELATONINA PLUS.</t>
   </si>
   <si>
     <t>EXTRACTO DE VALERIANA, EXTRACTO DE PASIFLORA, EXTRACTO DE MANZANILLA, MELATONINA.</t>
   </si>
@@ -4464,51 +4478,52 @@
   <si>
     <t>CADA COMPRIMIDO CONTIENE: EXTRACTO DE ARÁNDANO ROJO AMERICANO (Vaccinium macrocarpon EQUIV A: 130 MG DE PROANTOCIANIDINAS) 191 MG, EXTRACTO DE SALVIA (Salvia officinalis EQUIV A: 7.5 MG DE ÁCIDO URSÓLICO) 50 MG. EXCIPIENTES C.S.P.</t>
   </si>
   <si>
     <t>NOUCOR HEALTH, S.A.</t>
   </si>
   <si>
     <t>MERCANTIL FARMACEUTICA, S.A.</t>
   </si>
   <si>
     <t>HN-PN-0125-0001</t>
   </si>
   <si>
     <t>19/11/2029</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>CISTICRAN PAC 120 MG.</t>
   </si>
   <si>
     <t>EXTRACTO DE ARÁNDANO ROJO AMERICANO (VACCINIUM MACROCARPON, PROANTOCIANIDINAS; PARTE UTILIZADA: FRUTO)</t>
   </si>
   <si>
-    <t>CAJA CON 30 CÁPSULAS EN BLISTER. MUESTRA MÉDICA: CAJA CONTENIENDO 4 CÁPSULAS</t>
+    <t xml:space="preserve">CAJA CON 30 CÁPSULAS EN BLISTER. MUESTRA MÉDICA: CAJA CONTENIENDO 2 Y 4 CÁPSULAS.
+</t>
   </si>
   <si>
     <t>BLISTER DE ALUMINIO / PVC/ PE / PVDC</t>
   </si>
   <si>
     <t>CADA CAPSULAS CONTIENE: EXTRACTO DE VACCINIUM MACROCARPON (EXTRACTO DE ARÁNDANO ROJO AMERICANO): 240 MG, EQUIV. A 120 MG DE PROANTOCIANIDINAS.</t>
   </si>
   <si>
     <t>SALVAT, S.A.</t>
   </si>
   <si>
     <t>DROGUERIA MERCANTIL FARMACEUTICA, S.A. (MEFASA)</t>
   </si>
   <si>
     <t>HN-PN-0125-0002</t>
   </si>
   <si>
     <t>2/1/2030</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>PSYLLIUM PLANTAGO PLANTAFIBER SABOR NATURAL Y SABOR NARANJA POLVO ORAL.</t>
   </si>
@@ -4602,457 +4617,846 @@
   <si>
     <t>163</t>
   </si>
   <si>
     <t>DEFENSS TABLETAS RECUBIERTAS</t>
   </si>
   <si>
     <t>TINOSPORA CORDIFOLIA, BAYA DEL SAÚCO</t>
   </si>
   <si>
     <t>CAJA CONTENIENDO 30 TABLETAS RECUBIERTAS. MUESTRA MEDICA CONTENIENDO 4 TABLETAS RECUBIERTAS.</t>
   </si>
   <si>
     <t>BLISTER ALU-PVC</t>
   </si>
   <si>
     <t>CADA TABLETA RECUBIERTA CONTIENE: EXTRACTO DE TINOSPORA CORDIFOLIA (COMO 1% AMARGO TOTAL) 500 MG, EXTRACTO BAYA DE SAÚCO 500 MG. EXCIPIENTES C.S.P.</t>
   </si>
   <si>
     <t>DEFI HEALTHCARE PVT. LTD</t>
   </si>
   <si>
     <t xml:space="preserve">HN-PN-0625-0003	</t>
   </si>
   <si>
+    <t>164</t>
+  </si>
+  <si>
     <t>RENOVACION DE REGISTRO SANITARIO</t>
   </si>
   <si>
     <t>BIOTOS INMUNE GUTIS</t>
   </si>
   <si>
     <t>HEDERA HELIX (EXTRACTO SECO), PELARGONIUM SIDOIDES (EXTRACTO SECO)</t>
   </si>
   <si>
     <t>CAJA CON FRASCO CONTENIENDO 120 ML Y 170 ML. MUESTRA MEDICA: CAJA CON FRASCO CONTENIENDO 40 ML</t>
   </si>
   <si>
     <t>CADA 5 ML CONTIENE: HEDERA HELIX (EXTRACTO SECO) 35.0 MG., PELARGONIUM SIDOIDES (EXTRACTO SECO) 12.5 MG</t>
   </si>
   <si>
     <t>HN-PN-1119-0007</t>
   </si>
   <si>
     <t>7/11/2029</t>
   </si>
   <si>
+    <t>165</t>
+  </si>
+  <si>
     <t>BIOTOS INMUNE PEDIATRICO GUTIS</t>
   </si>
   <si>
     <t>CAJA CON FRASCO CONTENIENDO 120 ML. MUESTRA MEDICA: CAJA CON FRASCO CONTENIENDO 40 ML</t>
   </si>
   <si>
     <t xml:space="preserve">FRASCO DE VIDRIO TIPO III COLOR ÁMBAR	</t>
   </si>
   <si>
     <t>CADA 5 ML CONTIENE: HEDERA HELIX (EXTRACTO SECO) 35.0 MG, PELARGONIUM SIDOIDES (EXTRACTO SECO) 12.5 MG</t>
   </si>
   <si>
     <t>HN-PN-1119-0008</t>
   </si>
   <si>
     <t>8/11/2029</t>
   </si>
   <si>
+    <t>166</t>
+  </si>
+  <si>
     <t>PAICO CONCENTRADO</t>
   </si>
   <si>
     <t>EXTRACTO HIDROALCOHÓLICO DE HOJAS DE PAICO (Chenopodium ambrosioides L.), EXTRACTO HIDROALCOHÓLICO DE SEMILLAS DE PAPAYA (Carica papaya L.) VOLVER A GENERAR VERIFICADO PARA VALIDAR EN CASILLA GR</t>
   </si>
   <si>
     <t>CAJA CON FRASCO CONTENIENDO: 60, 90 Y 120 ML</t>
   </si>
   <si>
     <t>ENVASE PET COLOR ÁMBAR, TAPA DE PLÁSTICO AMARILLO</t>
   </si>
   <si>
     <t>CADA 100 ML DE JARABE CONTIENE: EXTRACTO HIDROALCOHÓLICO DE HOJAS DE PAICO (Chenopodium ambrosiodes L.) 70 ML (64.88 G). EXTRACTO HIDROALCOHÓLICO DE SEMILLAS DE PAPAYA (Carica Papaya L.) 10 ML (9.22 G). EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>HN-PN-0924-0003</t>
   </si>
   <si>
+    <t>167</t>
+  </si>
+  <si>
     <t>PURGAMAC 7 FRUTAS</t>
   </si>
   <si>
     <t>POLVO MICROPULVERIZADO DE HOJAS DE PAICO (Chenopodium ambrosioides L.), POLVO MICROPULVERIZADO DE SEMILLAS DE ZAPALLO (Cucurbita maxima D.), POLVO MICROPULVERIZADO DE SEN (Senna multiglandulosa J.)</t>
   </si>
   <si>
     <t>SOBRE CONTENIENDO POLVO: 15 G, 20 G, 30 G, 50 G, 75 G, 100 G, 250 G, 400 G Y 500 G</t>
   </si>
   <si>
     <t xml:space="preserve">CADA 20.00 G. DE POLVO CONTIENE: POLVO MICROPULVERIZADO DE HOJAS DE PAICO (Chenopodium ambrosiodes L.) 8.00 G. POLVO MICROPULVERIZADO DE SEMILLAS DE ZAPALLO (Curcubita Maxima C.) 8.00 G. POLVO MICROPULVERIZADO DE SEN (Senna  multiglandulosa J.) 4.00 G. EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>HN-PN-0924-0004</t>
   </si>
   <si>
+    <t>168</t>
+  </si>
+  <si>
     <t>EsINMUNE®</t>
   </si>
   <si>
     <t>ECHINACEA PURPUREA + PELARGONIUM SIDOIDES</t>
   </si>
   <si>
     <t xml:space="preserve">FRASCO CONTENIENDO: 21, 30 Y 45 CAPSULAS.  MUESTRA MÉDICA: SACHET CONTENIENDO 2 CÁPSULAS.</t>
   </si>
   <si>
     <t>FRASCO HDPE COLLOR BLANCO / SACHET DE ALUMINIO / CAJA</t>
   </si>
   <si>
     <t>CADA CAPSULA CONTIENE: ECHINACEA PURPUREA DESECADO (EXTRACTO SECO DE RAIZ 187.5 MG, EXTRACTO SECO PARTES AEREAS 187.5 MG.) 375 MG, PELARGONIUM SIDOIDES EXTRACTO SECO (EXTRACTO SECO DE RAIZ) 20.1 MG. EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>NATURAL VITAMINS LABORATORY CORP.</t>
   </si>
   <si>
     <t>HIGEAFARMA S.A.</t>
   </si>
   <si>
     <t>HN-PN-0225-0001</t>
   </si>
   <si>
     <t>4/2/2030</t>
   </si>
   <si>
+    <t>169</t>
+  </si>
+  <si>
     <t>GINKGO BILOBA VITANUTRITION 60 MG CAPSULAS DE GELATINA BLANDA</t>
   </si>
   <si>
     <t>CAJA CON FRASCO DE POLIETILENO DE ALTA DENSIDAD COLOR DORADO POR 20, 30, 60, 90 Y 100 CAPSULAS</t>
   </si>
   <si>
     <t>FRASCO HDPE DORADO/TAPA DE POLIETILENO</t>
   </si>
   <si>
     <t xml:space="preserve">CADA CÁPSULA DE GELATINA BLANDA CONTIENE: EXTRACTO DE GINKGO BILOBA 24%  GLUCÓSIDOS FLAVONOIDES 60 MG. EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>SCENTIA PERFUMERIA S.A.</t>
   </si>
   <si>
     <t>HN-PN-0125-0003</t>
   </si>
   <si>
     <t>30/1/2030</t>
   </si>
   <si>
+    <t>170</t>
+  </si>
+  <si>
     <t>SERECUR DUO CÁPSULAS BLANDAS</t>
   </si>
   <si>
     <t>EXTRACTO DE SERENOA REPENS / EXTRACTO DE PYGEUM AFRICANUM</t>
   </si>
   <si>
     <t>CAJA CONTENIENDO 10, 20, 28, 30, 40, 50, 60, 90, 100 Y 120 CÁPSULAS BLANDAS EN BLISTER. PRESENTACION INSTITUCIONAL: CAJA CONTENIENDO 150, 200, 250, 300, 500 Y 1000 CÁPSULAS BLANDAS EN BLISTER. MUESTRA GRATUITA: CAJA CONTENIENDO 1, 2, 3, 4 Y 5 CÁPSULAS BLANDAS EN BLISTER.</t>
   </si>
   <si>
     <t>BLISTER ALUMINIO PVC</t>
   </si>
   <si>
     <t>CADA CAPSULA DE GELATINA BLANDA CONTIENE: EXTRACTO DE SERENOA REPENS (FRUTO) 320 MG, EXTRACTO DE PYGEUM AFRICANUM (CORTEZA) 50 MG. EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>DROMEX S.R.L.</t>
   </si>
   <si>
     <t>HN-PN-0625-0004</t>
   </si>
   <si>
     <t>18/6/2030</t>
+  </si>
+  <si>
+    <t>171</t>
   </si>
   <si>
     <t>BILOHESS</t>
   </si>
   <si>
     <t>GINKGO BILOBA EXTRACTO</t>
   </si>
   <si>
     <t xml:space="preserve">CAJA CONTENIENDO 30 TABLETAS.
 (MM) CAJA CONTENIENDO 2 TABLETAS.</t>
   </si>
   <si>
     <t>BLISTER PVC AMBAR ALUMINO, 20 MICRONES, IMPRESO/CAJA</t>
   </si>
   <si>
     <t>CADA TABLETA CONTIENE: GINKGO BILOBA EXTRACTO 80.00 MG, EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>LABORATORIO ANCALMO</t>
   </si>
   <si>
     <t>ANCALMO S.A. DE C.V.</t>
   </si>
   <si>
     <t>HN-PN-1119-0020</t>
   </si>
   <si>
     <t>13/11/2029</t>
   </si>
   <si>
+    <t>172</t>
+  </si>
+  <si>
     <t>BRONCOMED HELIX BIO</t>
   </si>
   <si>
     <t>CAJA CON FRASCO CONTENIENDO 100 ML DE JARABE. MUESTRA MEDICA: CAJA CON FRASCO CONTENIENDO 100 ML DE JARABE</t>
   </si>
   <si>
     <t>FRASCO PET COLOR AMBAR</t>
   </si>
   <si>
     <t>CADA 5 ML DE JARABE CONTIENE: EXTRACTO SECO DE HIEDRA HEDERA HELIX (HOJA) 0.70 G EQUIVALENTE A 1.75 MG DE HEDERACOSIDO C. EXCIPIENTES C.S.P.</t>
   </si>
   <si>
     <t>COSMÉTICA INTERNACIONAL S.A. DE C.V.</t>
   </si>
   <si>
     <t>HN-PN-0625-0005</t>
   </si>
   <si>
+    <t>173</t>
+  </si>
+  <si>
     <t>RENUVIT GINKGO BILOBA CAPSULAS DE GELATINA BLANDA</t>
   </si>
   <si>
     <t xml:space="preserve">CAJA X 1 BLISTER DE ALUMINIO X 2 CAPSULAS DE GELATINA BLANDA (MUESTRA  MEDICA), FRASCO X 120 CAPSULAS DE GELATINA BLANDA (PRESENTACION COMERCIAL), FRASCO X 90 CAPSULAS DE GELATINA BLANDA (PRESENTACION COMERCIAL), FRASCO X 60 CAPSULAS DE GELATINA BLANDA (PRESENTACION COMERCIAL), FRASCO X 30 CAPSULAS DE GELATINA BLANDA (PRESENTACION COMERCIAL), CAJA X 1 BLISTER X 10 CAPSULAS DE GELATINA BLANDA (PRESENTACION COMERCIAL), CAJA X  3 BLISTER X 5 CAPSULAS DE GELATINA BLANDA (PRESENTACION COMERCIAL), CAJA X  2  BLISTER X 10 CAPSULAS DE GELATINA BLANDA (PRESENTACION COMERCIAL), CAJA X  3  BLISTER X 10 CAPSULAS DE GELATINA BLANDA (PRESENTACION COMERCIAL), CAJA X  5 BLISTER X 10 CAPSULAS DE GELATINA BLANDA (PRESENTACION COMERCIAL), CAJA X  6  BLISTER X 10 CAPSULAS DE GELATINA BLANDA (PRESENTACION COMERCIAL), CAJA X  9  BLISTER X 10 CAPSULAS DE GELATINA BLANDA (PRESENTACION COMERCIAL), CAJA X 10 BLISTER X 10 CAPSULAS DE GELATINA BLANDA (PRESENTACION COMERCIAL).</t>
   </si>
   <si>
     <t>FRASCO DE HDPE COLOR BLANCO Y TAPA DE PET BLANCA, CON UNA BOLSA DE SILICA GEL 0.5g Y LINNER TERMOSELLANTE UNIVERSAL / BLISTER DE ALUMINO/PVDC TRANSPARENTE E INCOLORO / CAJA</t>
   </si>
   <si>
     <t>CADA CAPSULA DE GELATINA BLANDA CONTIENE: EXTRACTO DE GINGKO BILOBA 24% GLUCÓSIDOS FLAVONOIDES 60 MG. EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>GUARDADO S. A. DE C.V.</t>
   </si>
   <si>
     <t>HN-PN-1124-0001</t>
   </si>
   <si>
     <t>21/11/2029</t>
   </si>
   <si>
+    <t>174</t>
+  </si>
+  <si>
     <t>ZEPOL INHALADOR NASAL</t>
   </si>
   <si>
     <t>ACEITE ESENCIAL DE EUCALIPTO, ACEITE DE TOMILLO</t>
   </si>
   <si>
     <t>TÓPICA NASAL</t>
   </si>
   <si>
-    <t>CAJA CONTENIENDO 1, 6, 8 Y 12 UNIDADES DE 1 mL. BLISTER CONTENIENDO 1 Y 2 UNIDADES DE 1 mL.</t>
+    <t xml:space="preserve">CAJA CONTENIENDO 1, 6, 8 ,12 Y 24 UNIDADES DE 1 mL. BLISTER CONTENIENDO 1 Y 2 UNIDADES DE 1 mL. </t>
   </si>
   <si>
     <t>FRASCO / CAJA/BLISTER</t>
   </si>
   <si>
     <t>CADA ML CONTIENE: ACEITE DE TOMILLO 0.0160 ML, ACEITE ESENCIAL DE EUCALIPTO 0.1064 ML, EXCIPIENTES C.S.P.</t>
   </si>
   <si>
     <t>LABORATORIOS ZEPOL S.A.</t>
   </si>
   <si>
     <t>HN-PN-1119-0006</t>
   </si>
   <si>
+    <t>175</t>
+  </si>
+  <si>
     <t>SENNAX</t>
   </si>
   <si>
     <t>SENOSIDOS A Y B</t>
   </si>
   <si>
     <t>CAJA CONTENIENDO 10, 20, 30, 50 Y 100 TABLETAS EN BLISTER (PRESENTACION COMERCIAL) Y CAJA CONTENIENDO 2 Y 4 TABLETAS EN BLISTER (MUESTRA MEDICA)</t>
   </si>
   <si>
     <t>BLISTER DE PVC/PVDC/ALUMINIO/CAJA</t>
   </si>
   <si>
     <t>CADA TABLETA CONTIENE SENOSIDOS A Y B DE CASSIA ACUTIFOLIA 8.6 MG, EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>ALTEA FARMACEUTICA S.A.</t>
   </si>
   <si>
     <t>FARMA DE COLOMBIA S.A.S.</t>
   </si>
   <si>
     <t>HN-PN-1017-0001</t>
   </si>
   <si>
     <t>16/2/2030</t>
   </si>
   <si>
+    <t>176</t>
+  </si>
+  <si>
     <t>CIRUELAX JARABE 0,25% P/V</t>
   </si>
   <si>
     <t>EXTRACTO SECO DE HOJAS DE CASSIA ANGUSTIFOLIA VAHL 60% (1:30-35) (EQUIVALENTE A 150-180 MG DE DERIVADOS HIDROXIANTRACÉNICOS TOTALES, EXPRESADOS COMO SENÓSIDOS B)</t>
   </si>
   <si>
     <t>PRESENTACIÓN PARA COMERCIAL: CAJA CON FRASCO X 105 ML (FRASCO PET PIGMENTADO, DEBIDAMENTE SELLADO, CON TAPA DE PILFER DE POLIPROPILENO PIGMENTADO CON DOSIFICADOR DE POLIPROPILENO NO PIGMENTADO ).</t>
   </si>
   <si>
     <t>FRASCO PET PIGMENTADO, CON TAPA PILFER DE PP PIGMENTADO / CAJA</t>
   </si>
   <si>
     <t>CADA 100 ML CONTIENE: EXTRACTO SECO DE HOJAS DE CASSIA ANGUSTIFOLIA VAHL 60% (1:30-35) (EQUIVALENTE A 150 - 180 MG DE DERIVADOS HIDROXIANTRACENICOS TOTALES, EXPRESADOS COMO SENOSIDOS B) 250,00 MG. EXCIPIENTES C.S.P.</t>
   </si>
   <si>
     <t>HN-PN-0120-0005</t>
   </si>
   <si>
     <t>20/1/2030</t>
   </si>
   <si>
+    <t>177</t>
+  </si>
+  <si>
     <t>PERMIXON</t>
   </si>
   <si>
     <t>EXTRACTO LÍPIDO-ESTEROLICO DE SERENOA REPENS</t>
   </si>
   <si>
     <t>CAJA CONTENIENDO 30 Y 60 CAPSULAS EN BLÍSTER. MUESTRA MEDICA: CAJA CONTENIENDO 2 CAPSULAS EN BLÍSTER</t>
   </si>
   <si>
     <t>BLISTER DE PVC (250 μm) ALUMINIO (20 μm)/CAJA</t>
   </si>
   <si>
     <t>CADA CAPSULA CONTIENE: EXTRACTO LIPIDO-ESTEROLICO DE SERENOA REPENS 160 MG, EXCIPIENTES C.S.P</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT PRODUCTION</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
     <t>HN-PN-0720-0007</t>
   </si>
   <si>
     <t>15/6/2030</t>
   </si>
   <si>
+    <t>178</t>
+  </si>
+  <si>
     <t>HYTUM</t>
   </si>
   <si>
     <t>HEDERA HELIX Y PELARGONIUM SIDOIDES</t>
   </si>
   <si>
     <t>CAJA CONTENIENDO FRASCO CON 120 ML Y 170 ML DE JARABE</t>
   </si>
   <si>
     <t>BOTELLA DE VIDRIO COLOR ÁMBAR</t>
   </si>
   <si>
     <t>CADA 5 ML DE SOLUCION ORAL CONTIENEN: EXTRACTO SECO DE HOJA DE HEDERA HELIX L (8:1) 35 MG. EXTRACTO SECO DE RAIZ DE PELARGONIUM SIDOIDES (4-25:1) 12.5 MG. BASE DE JARABE SABORIZADO C.S.P</t>
   </si>
   <si>
     <t>SAGA LIFESCIENCES LIMITED,</t>
   </si>
   <si>
     <t>DROGUERÍA EUROPEA S.A.</t>
   </si>
   <si>
     <t>HN-PN-0625-0001</t>
   </si>
   <si>
     <t>4/6/2030</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>MULTILAC SOLUCION ORAL</t>
+  </si>
+  <si>
+    <t>EUPHORBIA LANCIFOLIA (IXBUT)</t>
+  </si>
+  <si>
+    <t>SOLUCION ORAL</t>
+  </si>
+  <si>
+    <t>FRASCO PET AMBAR CON 30ML, 60ML, 120ML Y 240ML</t>
+  </si>
+  <si>
+    <t>CADA 5 ML CONTIENE IXBUT (EUPHORBIA LANCIFOLIA) 1G, EXCIPIENTES C.S.P.</t>
+  </si>
+  <si>
+    <t>PRONATT S.A.</t>
+  </si>
+  <si>
+    <t>DROGUERIA MEDICINA PARAPHARMACIAS S. DE R.L.</t>
+  </si>
+  <si>
+    <t>HN-PN-1218-0024</t>
+  </si>
+  <si>
+    <t>20/12/2028</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>ARNICA GEL NATURAL</t>
+  </si>
+  <si>
+    <t>EXTRACTO FLUIDO DE ARNICA MEXICANAE</t>
+  </si>
+  <si>
+    <t>TUBO COLAPSIBLE DE 40 GR.</t>
+  </si>
+  <si>
+    <t>TUBO PLASTICO COLAPSIBLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CADA 100 G DE GEL CONTIENE: EXTRACTO DE FLORES DE ARNICA (ARNICAE MEXICANAE A) AL 0.5% (0.5 G DE EXTRACTO EN 100 ML DE SOLUCIÓN DISOLVENTE COMPUESTA DE 65 ML DE ALCOHOL ETILICO Y 35 ML DE AGUA 4.675 G (EQUIVALENTE A 0.025 G DE FLAVONOIDES) ALCOHOL ETILICO 50 G CARBOPOL 940 (CARBOMERO, CARBOXIPOLIMETILENO) 2.5 G, COLOR CARAMELO 1.25 G, AGUA PURIFICADA. </t>
+  </si>
+  <si>
+    <t>LABORATORIOS DROGUERIA NACIONAL, S.A. DE C.V.</t>
+  </si>
+  <si>
+    <t>HN-PN-0624-0001</t>
+  </si>
+  <si>
+    <t>12/06/2029</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIGESTOMEN COMPLEX COMPRIMIDO RECUBIERTO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEPSINA, PAPAÍNA, PANCREATINA 4X, BROMELINA, AMILASA, LIPASA </t>
+  </si>
+  <si>
+    <t>CAJA CONTENIENDO 30 COMPRIMIDOS RECUBIERTOS + PROSPECTO, CAJA CONTENIENDO 100 COMPRIMIDOS RECUBIERTOS + PROSPECTO, MUESTRA MEDICA: CAJA CONTENIENDO 2 COMPRIMIDOS RECUBIERTOS + PROSPECTO</t>
+  </si>
+  <si>
+    <t>BLISTER ALU/ALU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CADA COMPRIMIDO RECUBIERTO CONTIENE: PEPSINA 100.00 MG, PAPAÍNA 50.00 MG, PANCREATINA 4X 50.00 MG, BROMELINA 50.00 MG, AMILASA 50.00 MG, LIPASA 15.00 MG
+EXCIPIENTES C.S.P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARNET PHARMACEUTICAL CORPORATION </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ESTADOS UNIDOS DE AMÉRICA  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LATIN FARMA S.A. </t>
+  </si>
+  <si>
+    <t>HN-PN-0624-0005</t>
+  </si>
+  <si>
+    <t>24/06/2029</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>FRIOTAN JARABE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXTRACTO SECO 5:1 DE HOJAS SECAS DE HIEDRA (HEDERA HELIX L.), PROPOLEO NATURAL </t>
+  </si>
+  <si>
+    <t>CAJA CON FRASCO CONTENIENDO 120 ML Y 240 ML DE JARABE. MUESTRA MEDICA: CAJA CON FRASCO CONTENIENDO 30 ML DE JARABE.</t>
+  </si>
+  <si>
+    <t>FRASCO PET COLOR AMBAR/TAPA ALLUSUD BLANCA</t>
+  </si>
+  <si>
+    <t>CADA 100 ML DE JARABE EXTRACTO SECO 5:1 DE HOJAS SECAS DE HIEDRA (HEDERA HELIX L.) 0.7 G. PROPOLEO NATURAL 0.10 G.</t>
+  </si>
+  <si>
+    <t>LABORATORIOS CHALVER DE COLOMBIA S.A.S.</t>
+  </si>
+  <si>
+    <t>HN-PN-0924-0005</t>
+  </si>
+  <si>
+    <t>19/09/2029</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>PIASCLEDINE</t>
+  </si>
+  <si>
+    <t>INSAPONIFIC. DE ACEITE DE GLICINA MAX Y INSAPONIFIC. DE ACEITE DE PERSEA GRATISIMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAJA CONTENIENDO: 30 Y 60 CÁPSULAS.
+MUESTRA MÉDICA:  CAJA CONTENIENDO 2 CAPSULAS</t>
+  </si>
+  <si>
+    <t>BLISTER ALUMINIO-PVC/PVDC</t>
+  </si>
+  <si>
+    <t>CADA CÁPSULA CONTIENE: INSAPONIFIC DE ACEITE DE GLICINA MAX 200.00 MG, INSAPONIFIC ACEITE DE PERSEA GRATISIMA 100.00 MG EXCIPIENTES C.S.P</t>
+  </si>
+  <si>
+    <t>LABORATOIRES EXPANSCIENCE / ACONDICIONADOR LABORATORIOS MEGA LABS S.A</t>
+  </si>
+  <si>
+    <t>FRANCIA / URUGUAY</t>
+  </si>
+  <si>
+    <t>LABORATORIOS MEGA LABS S.A</t>
+  </si>
+  <si>
+    <t>LABORATOIRES EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>HN-PN-0119-0010</t>
+  </si>
+  <si>
+    <t>11/05/2029</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>NONI Y LINAZA CON SPIRULINA-MEGAFIBER</t>
+  </si>
+  <si>
+    <t>LINAZA, NONI, SPIRULINA</t>
+  </si>
+  <si>
+    <t>FRASCO HDPE (POLITILENO DE ALTA DENSIDAD). COLOR BLANCO TAPA ROSCA DE HPE (POLIETILENO DE ALTA DENSIDAD) CON 400 GRAMOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRASCO HDPE </t>
+  </si>
+  <si>
+    <t>CADA 100 GRAMOS CONTIENE: SEMILLA MICROPULVERIZADA DE LINUM USITATISSIMUM L. (LINAZA) 97.50 G, SEMILLA MICROPULVERIZADA DE MORINDA CITRIFOLIA (NONI) 1.5 G, EXTRACTO SECO DE ALGAS DE SPIRULINA MÁXIMA 1.0 G.</t>
+  </si>
+  <si>
+    <t>HN-PN-0624-0003</t>
+  </si>
+  <si>
+    <t>18/06/2029</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>FLUEX JARABE</t>
+  </si>
+  <si>
+    <t>EXTRACTO DE HEDERA HELIX ( EXTRACTO DE HOJAS)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JARABE </t>
+  </si>
+  <si>
+    <t>CAJA CON FRASCO CONTENIENDO 120 ML JARABE + INSERTO. MUESTRA MEDICA: CAJA CON FRASCO CONTENIENDO 20 ML + INSERTO</t>
+  </si>
+  <si>
+    <t>FRASCO PET AMBAR/TAPA PLASTICA HDPE BLANCA</t>
+  </si>
+  <si>
+    <t>CADA 5 ML DE JARABE CONTIENE: EXTRACTO DE HEDERA HELIX (EXTRACTO DE HOJAS) 35.00 MG. EXCIPIENTES C.S.P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36 MESES </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LABORATORIOS LAMFER </t>
+  </si>
+  <si>
+    <t>MED PHARMA, S.A.</t>
+  </si>
+  <si>
+    <t>HN-PN-0924-0006</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABREXIL JARABE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">USO COMERCIAL: CAJA CON FRASCO CON 60, 100 Y 120 ML, MUESTRA MEDICA: CAJA CON FRASCO CON 20 Y 30 ML Y SOBRE CON 5 ML </t>
+  </si>
+  <si>
+    <t>FRASCO/SOBRE ALUMINIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CADA 5 ML CONTIENE: EXTRACTO DE HEDERA HELIX ( EXTRACTO DE HOJAS) 35.00 MG, EXCIPIENTES C.S.P 5 ML </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GUATEMALA </t>
+  </si>
+  <si>
+    <t>SELECTPHARMA, S.A.</t>
+  </si>
+  <si>
+    <t>HN-PN-0624-0002</t>
+  </si>
+  <si>
+    <t>HIEDRIX</t>
+  </si>
+  <si>
+    <t>FRASCO CONTENIENDO 100 ML DE JARABE. Y MUESTRA MÉDICA: FRASCO CONTENIENDO 30 ML DE JARABE</t>
+  </si>
+  <si>
+    <t>FRASCO DE VIDRIO COLOR AMBAR CLASE HIDROLÍTICA III</t>
+  </si>
+  <si>
+    <t>CADA 100 ML DE JARABE CONTIENE: EXTRACTO SECO DE HOJAS DE HEDERA HELIX I.(5-7,5:1) 0,70000 G. (EQUIVAMENTE A 70 MG DE HETERÓSIDO C). VEHÍCULO C.S.P.</t>
+  </si>
+  <si>
+    <t>LABORATORIO CHILE S.A.</t>
+  </si>
+  <si>
+    <t>LUVECK MEDICAL CORPORATION</t>
+  </si>
+  <si>
+    <t>HN-PN-0319-0011</t>
+  </si>
+  <si>
+    <t>28/04/2029</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>SITOCURA JARABE</t>
+  </si>
+  <si>
+    <t>Hedera Helix L. Coptis Chinensis Franchet</t>
+  </si>
+  <si>
+    <t>CAJA CONTENIENDO: 15 Y 78 SOBRES DE 10 ML C/U. CAJA CONTENIENDO: 15 Y 60 SOBRES DE 15 ML C/U. MUESTRA MÉDICA: CARTERITA CONTENIENDO 1 SOBRE DE 15 ML, CARTERITA CONTENIENDO 1 SOBRE DE 10 ML</t>
+  </si>
+  <si>
+    <t>SOBRE DE ALUMINIO (PET/PE/AL/LLD)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CADA 100 ML DE JARABE CONTIENE: EXTRACTO SECO DE HOJA DE IVY (Hedera helix L.) EN ETANOL AL 30% (5-7.5:1) (CONTIENE NO MENOS DE 23.6 MG/100 ML DE HEDERACÓSIDO C ) 262.5 MG. EXTRACTO SECO DE RIZOMA DE COPTIS (Coptis chinensis Franchet) (4.5-7:1) (CONTIENE NO MENOS DE 17.0 MG/100 ML DE BERBERINA)  87.5 MG. EXCIPIENTES C.S.P</t>
+  </si>
+  <si>
+    <t>AHNGOOK PHARMACEUTICALS CO., LTD</t>
+  </si>
+  <si>
+    <t>COREA</t>
+  </si>
+  <si>
+    <t>LATIN FARMA, S.A</t>
+  </si>
+  <si>
+    <t>HN-PN-0824-0001</t>
+  </si>
+  <si>
+    <t>5/08/2029</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>GINGKO BILOBA CON GINSENG SOLUCION ORAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXTRACTO DE GINKGO BILOBA (SALISBURIA ADIANTIFOLIA SMITH) Y EXTRACTO DE PANAX GINSENG C.A. MEYER  (PANAX GINSENG)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAJA CONTENIENDO 10 VIALES BEBIBLES CON 10ML DE SOLUCIÓN  </t>
+  </si>
+  <si>
+    <t>VIAL DE VIDRIO TRASLÚCIDO, CON SELLO DE HULE DE COLOR GRIS Y TAPA DE PLÁSTICO DE COLOR AZUL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CADA 10 ML DE SOLUCIÓN CONTIENE: EXTRACTO DE GINKGO BILOBA SALISBURIA ADIANTIFOLIA SMITH  (HOJAS DESHIDRATADAS) 47.3 MG, EXTRACTO DE PANAX GINSENG C.A. MEYER (RAIZ DESHIDRATADA) 1,000 MG. VEHICULO C.S.P</t>
+  </si>
+  <si>
+    <t>REPÚBLICA POPULAR DE CHINA.</t>
+  </si>
+  <si>
+    <t>HN-PN-0724-0003</t>
+  </si>
+  <si>
+    <t>19/07/2029</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GINKGO BILOBA 80 </t>
+  </si>
+  <si>
+    <t>CÁPSULA DE GELATINA DURA</t>
+  </si>
+  <si>
+    <t>CAJA CONTENIENDO: 30, 50 Y 100 CÁPSULA DE GELATINA DURA. PRESENTACIONES DE USO HOSPITALARIO: CAJA CONTENIENDO 500 Y 1000 CÁPSULA DE GELATINA DURA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BLISTER DE ALUMINIO/PVC INCOLORO </t>
+  </si>
+  <si>
+    <t>CADA CÁPSULA DURA CONTIENE: EXTRACTO DE GINKGO BILOBA 80 MG. EXCIPIENTES C.S.P</t>
+  </si>
+  <si>
+    <t>LEO NUTRISCIENCE LLP</t>
+  </si>
+  <si>
+    <t>HN-PN-0624-0004</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr codeName=""/>
-  <dimension ref="A1:X179"/>
+  <dimension ref="A1:X191"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" width="241.1207733154297" customWidth="1"/>
     <col min="3" max="3" width="76.7827377319336" customWidth="1"/>
     <col min="4" max="4" width="906.1408081054688" customWidth="1"/>
     <col min="5" max="5" width="35.529693603515625" customWidth="1"/>
     <col min="6" max="6" width="37.4254264831543" customWidth="1"/>
     <col min="7" max="7" width="23.149580001831055" customWidth="1"/>
     <col min="8" max="8" width="23.149580001831055" customWidth="1"/>
     <col min="9" max="9" width="967.4562377929688" customWidth="1"/>
     <col min="10" max="10" width="297.025146484375" customWidth="1"/>
     <col min="11" max="11" width="1122.0107421875" customWidth="1"/>
     <col min="12" max="12" width="18.946826934814453" customWidth="1"/>
     <col min="13" max="13" width="93.58250427246094" customWidth="1"/>
     <col min="14" max="14" width="74.19132232666016" customWidth="1"/>
     <col min="15" max="15" width="77.54083251953125" customWidth="1"/>
     <col min="16" max="16" width="34.070804595947266" customWidth="1"/>
-    <col min="17" max="17" width="14.495471000671387" customWidth="1"/>
+    <col min="17" max="17" width="28.575918197631836" customWidth="1"/>
     <col min="18" max="18" width="18.25523567199707" customWidth="1"/>
     <col min="19" max="19" width="17.723241806030273" customWidth="1"/>
     <col min="20" max="20" width="24.889814376831055" customWidth="1"/>
     <col min="21" max="21" width="64.23485565185547" customWidth="1"/>
     <col min="22" max="22" width="34.070804595947266" customWidth="1"/>
     <col min="23" max="23" width="26.593217849731445" customWidth="1"/>
     <col min="24" max="24" width="27.38609504699707" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
@@ -5154,2297 +5558,2297 @@
       <c r="M2" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N2" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O2" s="0" t="s">
         <v>37</v>
       </c>
       <c r="P2" s="0" t="s">
         <v>38</v>
       </c>
       <c r="Q2" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R2" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S2" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T2" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U2" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="V2" s="0" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="X2" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="B3" s="0" t="s">
+      <c r="C3" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="C3" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" s="0" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I3" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="J3" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="K3" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="L3" s="0" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
       <c r="M3" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N3" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O3" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="P3" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q3" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R3" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S3" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T3" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U3" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="V3" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="W3" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="X3" s="0" t="s">
         <v>51</v>
-      </c>
-[...25 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="D4" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="B4" s="0" t="s">
+      <c r="E4" s="0" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I4" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="J4" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K4" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="L4" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M4" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q4" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R4" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S4" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T4" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U4" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="V4" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="W4" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="X4" s="0" t="s">
         <v>51</v>
-      </c>
-[...25 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B5" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="D5" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="E5" s="0" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="0" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="J5" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="K5" s="0" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N5" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O5" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="P5" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U5" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="V5" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="W5" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="P5" s="0" t="s">
+      <c r="X5" s="0" t="s">
         <v>71</v>
-      </c>
-[...22 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="B6" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="J6" s="0" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K6" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="L6" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O6" s="0" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="P6" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U6" s="0" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="V6" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W6" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="X6" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E7" s="0" t="s">
-        <v>86</v>
+        <v>28</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I7" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="J7" s="0" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="K7" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="L7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M7" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N7" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O7" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="P7" s="0" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="Q7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U7" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="V7" s="0" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="W7" s="0" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="X7" s="0" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="E8" s="0" t="s">
         <v>94</v>
-      </c>
-[...10 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I8" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="J8" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="K8" s="0" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="L8" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M8" s="0" t="s">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="N8" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O8" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="P8" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q8" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R8" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S8" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T8" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U8" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="V8" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="W8" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="X8" s="0" t="s">
         <v>101</v>
-      </c>
-[...25 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="E9" s="0" t="s">
         <v>105</v>
-      </c>
-[...10 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="0" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="J9" s="0" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="K9" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="L9" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M9" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N9" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O9" s="0" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="P9" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="Q9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U9" s="0" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="V9" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="W9" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="X9" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="B10" s="0" t="s">
+      <c r="E10" s="0" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="J10" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="K10" s="0" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="L10" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M10" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N10" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="O10" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="P10" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="Q10" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R10" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S10" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T10" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U10" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="O10" s="0" t="s">
+      <c r="V10" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="W10" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="P10" s="0" t="s">
+      <c r="X10" s="0" t="s">
         <v>125</v>
-      </c>
-[...22 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B11" s="0" t="s">
+      <c r="E11" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="F11" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="G11" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I11" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="J11" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="F11" s="0" t="s">
+      <c r="K11" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="G11" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L11" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O11" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="P11" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="Q11" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R11" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S11" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T11" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U11" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="V11" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="W11" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="P11" s="0" t="s">
+      <c r="X11" s="0" t="s">
         <v>139</v>
-      </c>
-[...22 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="J12" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="K12" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="L12" s="0" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>148</v>
       </c>
       <c r="M12" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O12" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="P12" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q12" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R12" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S12" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T12" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U12" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="V12" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="W12" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="P12" s="0" t="s">
+      <c r="X12" s="0" t="s">
         <v>150</v>
-      </c>
-[...22 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="J13" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="K13" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="L13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N13" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O13" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="P13" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U13" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="V13" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W13" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="X13" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="E14" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="F14" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="B14" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="0" t="s">
+      <c r="G14" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I14" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="D14" s="0" t="s">
+      <c r="J14" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="E14" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="0" t="s">
+      <c r="K14" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="G14" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L14" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M14" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N14" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O14" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="P14" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q14" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R14" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S14" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T14" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U14" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="P14" s="0" t="s">
+      <c r="V14" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="W14" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="Q14" s="0" t="s">
-[...11 lines deleted...]
-      <c r="U14" s="0" t="s">
+      <c r="X14" s="0" t="s">
         <v>171</v>
-      </c>
-[...7 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="J15" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="K15" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="J15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L15" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M15" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N15" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O15" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="P15" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q15" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R15" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S15" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T15" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U15" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="V15" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="W15" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="X15" s="0" t="s">
         <v>181</v>
-      </c>
-[...25 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="B16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="J16" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="K16" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="J16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L16" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M16" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N16" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O16" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="P16" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q16" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R16" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S16" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T16" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U16" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="V16" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="W16" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="X16" s="0" t="s">
         <v>191</v>
-      </c>
-[...25 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="E17" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="F17" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="G17" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I17" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="J17" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="E17" s="0" t="s">
-[...11 lines deleted...]
-      <c r="I17" s="0" t="s">
+      <c r="K17" s="0" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
       <c r="L17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M17" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N17" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O17" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="P17" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q17" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R17" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S17" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T17" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U17" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="V17" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="W17" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="P17" s="0" t="s">
+      <c r="X17" s="0" t="s">
         <v>202</v>
-      </c>
-[...22 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="0" t="s">
+      <c r="E18" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="F18" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="G18" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I18" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="E18" s="0" t="s">
+      <c r="J18" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="F18" s="0" t="s">
-[...8 lines deleted...]
-      <c r="I18" s="0" t="s">
+      <c r="K18" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="J18" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L18" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O18" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="P18" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="Q18" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R18" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S18" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T18" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U18" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="P18" s="0" t="s">
-[...14 lines deleted...]
-      <c r="U18" s="0" t="s">
+      <c r="V18" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="W18" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="V18" s="0" t="s">
-[...2 lines deleted...]
-      <c r="W18" s="0" t="s">
+      <c r="X18" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="D19" s="0" t="s">
+      <c r="E19" s="0" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="J19" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="J19" s="0" t="s">
+      <c r="K19" s="0" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="L19" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M19" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N19" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O19" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="P19" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="P19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U19" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="V19" s="0" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="W19" s="0" t="s">
         <v>224</v>
       </c>
       <c r="X19" s="0" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>226</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>228</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="0" t="s">
         <v>229</v>
       </c>
       <c r="J20" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="K20" s="0" t="s">
         <v>230</v>
       </c>
       <c r="L20" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M20" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N20" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O20" s="0" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="P20" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U20" s="0" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="V20" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W20" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="X20" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="J21" s="0" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K21" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="L21" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M21" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N21" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O21" s="0" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="P21" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U21" s="0" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="V21" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W21" s="0" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="X21" s="0" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="0" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="J22" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="K22" s="0" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="L22" s="0" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="M22" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N22" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O22" s="0" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="P22" s="0" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="Q22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U22" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="V22" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="W22" s="0" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="X22" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="J23" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="K23" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="L23" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M23" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N23" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O23" s="0" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="P23" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q23" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R23" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S23" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T23" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U23" s="0" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="V23" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W23" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="X23" s="0" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="0" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="J24" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="K24" s="0" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="L24" s="0" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="M24" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N24" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O24" s="0" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="P24" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="Q24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U24" s="0" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="V24" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="W24" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="X24" s="0" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E25" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="G25" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I25" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="J25" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="F25" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K25" s="0" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="L25" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M25" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N25" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O25" s="0" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="P25" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="Q25" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R25" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S25" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T25" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U25" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="V25" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="W25" s="0" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="X25" s="0" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="0" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="J26" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="K26" s="0" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="L26" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M26" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N26" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O26" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="P26" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="Q26" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R26" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S26" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T26" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U26" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="V26" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="W26" s="0" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="X26" s="0" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="0" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="J27" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="K27" s="0" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="L27" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M27" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N27" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O27" s="0" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="P27" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q27" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R27" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S27" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T27" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U27" s="0" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="V27" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W27" s="0" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="X27" s="0" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="0" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="J28" s="0" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="K28" s="0" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="L28" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M28" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N28" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O28" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="P28" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U28" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="V28" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="W28" s="0" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="X28" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="J29" s="0" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="K29" s="0" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="L29" s="0" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="M29" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N29" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O29" s="0" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="P29" s="0" t="s">
-        <v>319</v>
+        <v>99</v>
       </c>
       <c r="Q29" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R29" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S29" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T29" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U29" s="0" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="V29" s="0" t="s">
-        <v>319</v>
+        <v>99</v>
       </c>
       <c r="W29" s="0" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="X29" s="0" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>324</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>325</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="0" t="s">
         <v>326</v>
       </c>
       <c r="J30" s="0" t="s">
         <v>327</v>
       </c>
       <c r="K30" s="0" t="s">
         <v>328</v>
       </c>
       <c r="L30" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M30" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N30" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O30" s="0" t="s">
         <v>329</v>
       </c>
       <c r="P30" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U30" s="0" t="s">
         <v>329</v>
       </c>
       <c r="V30" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W30" s="0" t="s">
         <v>330</v>
       </c>
       <c r="X30" s="0" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>332</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>333</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>334</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="0" t="s">
         <v>335</v>
       </c>
       <c r="J31" s="0" t="s">
         <v>336</v>
       </c>
       <c r="K31" s="0" t="s">
         <v>337</v>
       </c>
       <c r="L31" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M31" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N31" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O31" s="0" t="s">
         <v>338</v>
       </c>
       <c r="P31" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U31" s="0" t="s">
         <v>338</v>
       </c>
       <c r="V31" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="W31" s="0" t="s">
         <v>339</v>
       </c>
       <c r="X31" s="0" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>340</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>341</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>334</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="0" t="s">
         <v>335</v>
       </c>
       <c r="J32" s="0" t="s">
         <v>336</v>
       </c>
       <c r="K32" s="0" t="s">
         <v>342</v>
       </c>
       <c r="L32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M32" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N32" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O32" s="0" t="s">
         <v>338</v>
       </c>
       <c r="P32" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q32" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R32" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S32" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T32" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U32" s="0" t="s">
         <v>338</v>
       </c>
       <c r="V32" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="W32" s="0" t="s">
         <v>343</v>
       </c>
       <c r="X32" s="0" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>346</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>347</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="0" t="s">
         <v>348</v>
       </c>
       <c r="J33" s="0" t="s">
         <v>349</v>
       </c>
       <c r="K33" s="0" t="s">
         <v>350</v>
       </c>
       <c r="L33" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M33" s="0" t="s">
         <v>35</v>
       </c>
@@ -7465,969 +7869,969 @@
       </c>
       <c r="S33" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T33" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U33" s="0" t="s">
         <v>351</v>
       </c>
       <c r="V33" s="0" t="s">
         <v>352</v>
       </c>
       <c r="W33" s="0" t="s">
         <v>353</v>
       </c>
       <c r="X33" s="0" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>355</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>356</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>357</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="0" t="s">
         <v>358</v>
       </c>
       <c r="J34" s="0" t="s">
         <v>359</v>
       </c>
       <c r="K34" s="0" t="s">
         <v>360</v>
       </c>
       <c r="L34" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M34" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O34" s="0" t="s">
         <v>361</v>
       </c>
       <c r="P34" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U34" s="0" t="s">
         <v>362</v>
       </c>
       <c r="V34" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W34" s="0" t="s">
         <v>363</v>
       </c>
       <c r="X34" s="0" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>366</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>367</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>368</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="0" t="s">
         <v>369</v>
       </c>
       <c r="J35" s="0" t="s">
         <v>370</v>
       </c>
       <c r="K35" s="0" t="s">
         <v>371</v>
       </c>
       <c r="L35" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M35" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N35" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O35" s="0" t="s">
         <v>372</v>
       </c>
       <c r="P35" s="0" t="s">
-        <v>319</v>
+        <v>99</v>
       </c>
       <c r="Q35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U35" s="0" t="s">
         <v>372</v>
       </c>
       <c r="V35" s="0" t="s">
-        <v>319</v>
+        <v>99</v>
       </c>
       <c r="W35" s="0" t="s">
         <v>373</v>
       </c>
       <c r="X35" s="0" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>374</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>375</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>376</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="J36" s="0" t="s">
         <v>377</v>
       </c>
       <c r="K36" s="0" t="s">
         <v>378</v>
       </c>
       <c r="L36" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M36" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N36" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O36" s="0" t="s">
         <v>372</v>
       </c>
       <c r="P36" s="0" t="s">
-        <v>319</v>
+        <v>99</v>
       </c>
       <c r="Q36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U36" s="0" t="s">
         <v>372</v>
       </c>
       <c r="V36" s="0" t="s">
-        <v>319</v>
+        <v>99</v>
       </c>
       <c r="W36" s="0" t="s">
         <v>379</v>
       </c>
       <c r="X36" s="0" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>381</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>382</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="J37" s="0" t="s">
         <v>383</v>
       </c>
       <c r="K37" s="0" t="s">
         <v>384</v>
       </c>
       <c r="L37" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M37" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N37" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O37" s="0" t="s">
         <v>372</v>
       </c>
       <c r="P37" s="0" t="s">
-        <v>319</v>
+        <v>99</v>
       </c>
       <c r="Q37" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R37" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S37" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T37" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U37" s="0" t="s">
         <v>372</v>
       </c>
       <c r="V37" s="0" t="s">
-        <v>319</v>
+        <v>99</v>
       </c>
       <c r="W37" s="0" t="s">
         <v>385</v>
       </c>
       <c r="X37" s="0" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>387</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>388</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>389</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="0" t="s">
         <v>390</v>
       </c>
       <c r="J38" s="0" t="s">
         <v>391</v>
       </c>
       <c r="K38" s="0" t="s">
         <v>392</v>
       </c>
       <c r="L38" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M38" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N38" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O38" s="0" t="s">
         <v>393</v>
       </c>
       <c r="P38" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U38" s="0" t="s">
         <v>393</v>
       </c>
       <c r="V38" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W38" s="0" t="s">
         <v>394</v>
       </c>
       <c r="X38" s="0" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>395</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>396</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>397</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="0" t="s">
         <v>398</v>
       </c>
       <c r="J39" s="0" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="K39" s="0" t="s">
         <v>399</v>
       </c>
       <c r="L39" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M39" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N39" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O39" s="0" t="s">
         <v>400</v>
       </c>
       <c r="P39" s="0" t="s">
         <v>401</v>
       </c>
       <c r="Q39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U39" s="0" t="s">
         <v>402</v>
       </c>
       <c r="V39" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W39" s="0" t="s">
         <v>403</v>
       </c>
       <c r="X39" s="0" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>405</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>406</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>407</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="0" t="s">
         <v>408</v>
       </c>
       <c r="J40" s="0" t="s">
         <v>409</v>
       </c>
       <c r="K40" s="0" t="s">
         <v>410</v>
       </c>
       <c r="L40" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M40" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N40" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O40" s="0" t="s">
         <v>411</v>
       </c>
       <c r="P40" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q40" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R40" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S40" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T40" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U40" s="0" t="s">
         <v>411</v>
       </c>
       <c r="V40" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="W40" s="0" t="s">
         <v>412</v>
       </c>
       <c r="X40" s="0" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>414</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>415</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>416</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="0" t="s">
         <v>417</v>
       </c>
       <c r="J41" s="0" t="s">
         <v>418</v>
       </c>
       <c r="K41" s="0" t="s">
         <v>419</v>
       </c>
       <c r="L41" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M41" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N41" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O41" s="0" t="s">
         <v>420</v>
       </c>
       <c r="P41" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q41" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R41" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S41" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T41" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U41" s="0" t="s">
         <v>421</v>
       </c>
       <c r="V41" s="0" t="s">
         <v>422</v>
       </c>
       <c r="W41" s="0" t="s">
         <v>423</v>
       </c>
       <c r="X41" s="0" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>425</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>426</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>427</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="0" t="s">
         <v>428</v>
       </c>
       <c r="J42" s="0" t="s">
         <v>429</v>
       </c>
       <c r="K42" s="0" t="s">
         <v>430</v>
       </c>
       <c r="L42" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M42" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N42" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O42" s="0" t="s">
         <v>431</v>
       </c>
       <c r="P42" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q42" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R42" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S42" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T42" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U42" s="0" t="s">
         <v>433</v>
       </c>
       <c r="V42" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W42" s="0" t="s">
         <v>434</v>
       </c>
       <c r="X42" s="0" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>436</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>437</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>438</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="0" t="s">
         <v>439</v>
       </c>
       <c r="J43" s="0" t="s">
         <v>440</v>
       </c>
       <c r="K43" s="0" t="s">
         <v>441</v>
       </c>
       <c r="L43" s="0" t="s">
         <v>442</v>
       </c>
       <c r="M43" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N43" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O43" s="0" t="s">
         <v>443</v>
       </c>
       <c r="P43" s="0" t="s">
         <v>444</v>
       </c>
       <c r="Q43" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R43" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S43" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T43" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U43" s="0" t="s">
         <v>443</v>
       </c>
       <c r="V43" s="0" t="s">
         <v>444</v>
       </c>
       <c r="W43" s="0" t="s">
         <v>445</v>
       </c>
       <c r="X43" s="0" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>447</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>448</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>449</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="0" t="s">
         <v>450</v>
       </c>
       <c r="J44" s="0" t="s">
         <v>451</v>
       </c>
       <c r="K44" s="0" t="s">
         <v>452</v>
       </c>
       <c r="L44" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M44" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N44" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O44" s="0" t="s">
         <v>453</v>
       </c>
       <c r="P44" s="0" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
       <c r="Q44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U44" s="0" t="s">
         <v>453</v>
       </c>
       <c r="V44" s="0" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
       <c r="W44" s="0" t="s">
         <v>454</v>
       </c>
       <c r="X44" s="0" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>456</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>457</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>458</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="0" t="s">
         <v>459</v>
       </c>
       <c r="J45" s="0" t="s">
         <v>460</v>
       </c>
       <c r="K45" s="0" t="s">
         <v>461</v>
       </c>
       <c r="L45" s="0" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="M45" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N45" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O45" s="0" t="s">
         <v>462</v>
       </c>
       <c r="P45" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q45" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R45" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S45" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T45" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U45" s="0" t="s">
         <v>463</v>
       </c>
       <c r="V45" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W45" s="0" t="s">
         <v>464</v>
       </c>
       <c r="X45" s="0" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>466</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>467</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>468</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="0" t="s">
         <v>469</v>
       </c>
       <c r="J46" s="0" t="s">
         <v>470</v>
       </c>
       <c r="K46" s="0" t="s">
         <v>471</v>
       </c>
       <c r="L46" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M46" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N46" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O46" s="0" t="s">
         <v>472</v>
       </c>
       <c r="P46" s="0" t="s">
         <v>352</v>
       </c>
       <c r="Q46" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R46" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S46" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T46" s="0" t="s">
         <v>30</v>
       </c>
@@ -8436,220 +8840,220 @@
       </c>
       <c r="V46" s="0" t="s">
         <v>474</v>
       </c>
       <c r="W46" s="0" t="s">
         <v>475</v>
       </c>
       <c r="X46" s="0" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>477</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>478</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>479</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="0" t="s">
         <v>480</v>
       </c>
       <c r="J47" s="0" t="s">
         <v>481</v>
       </c>
       <c r="K47" s="0" t="s">
         <v>482</v>
       </c>
       <c r="L47" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M47" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N47" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O47" s="0" t="s">
         <v>472</v>
       </c>
       <c r="P47" s="0" t="s">
         <v>352</v>
       </c>
       <c r="Q47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U47" s="0" t="s">
         <v>473</v>
       </c>
       <c r="V47" s="0" t="s">
         <v>474</v>
       </c>
       <c r="W47" s="0" t="s">
         <v>483</v>
       </c>
       <c r="X47" s="0" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>484</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>485</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>486</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="0" t="s">
         <v>487</v>
       </c>
       <c r="J48" s="0" t="s">
         <v>30</v>
       </c>
       <c r="K48" s="0" t="s">
         <v>488</v>
       </c>
       <c r="L48" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M48" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N48" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O48" s="0" t="s">
         <v>489</v>
       </c>
       <c r="P48" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="Q48" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R48" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S48" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T48" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U48" s="0" t="s">
         <v>490</v>
       </c>
       <c r="V48" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="W48" s="0" t="s">
         <v>491</v>
       </c>
       <c r="X48" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>493</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>494</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>495</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>496</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="0" t="s">
         <v>497</v>
       </c>
       <c r="J49" s="0" t="s">
         <v>498</v>
       </c>
       <c r="K49" s="0" t="s">
         <v>499</v>
       </c>
       <c r="L49" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M49" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N49" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O49" s="0" t="s">
         <v>500</v>
       </c>
       <c r="P49" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q49" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R49" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S49" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T49" s="0" t="s">
         <v>30</v>
       </c>
@@ -8658,990 +9062,990 @@
       </c>
       <c r="V49" s="0" t="s">
         <v>432</v>
       </c>
       <c r="W49" s="0" t="s">
         <v>501</v>
       </c>
       <c r="X49" s="0" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>502</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>503</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>504</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="0" t="s">
         <v>505</v>
       </c>
       <c r="J50" s="0" t="s">
         <v>506</v>
       </c>
       <c r="K50" s="0" t="s">
         <v>507</v>
       </c>
       <c r="L50" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M50" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N50" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O50" s="0" t="s">
         <v>508</v>
       </c>
       <c r="P50" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q50" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R50" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S50" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T50" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U50" s="0" t="s">
         <v>509</v>
       </c>
       <c r="V50" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W50" s="0" t="s">
         <v>510</v>
       </c>
       <c r="X50" s="0" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>512</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>513</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>514</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="0" t="s">
         <v>515</v>
       </c>
       <c r="J51" s="0" t="s">
         <v>516</v>
       </c>
       <c r="K51" s="0" t="s">
         <v>517</v>
       </c>
       <c r="L51" s="0" t="s">
         <v>442</v>
       </c>
       <c r="M51" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N51" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O51" s="0" t="s">
         <v>518</v>
       </c>
       <c r="P51" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q51" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R51" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S51" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T51" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U51" s="0" t="s">
         <v>519</v>
       </c>
       <c r="V51" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W51" s="0" t="s">
         <v>520</v>
       </c>
       <c r="X51" s="0" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>522</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>523</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>524</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="0" t="s">
         <v>525</v>
       </c>
       <c r="J52" s="0" t="s">
         <v>526</v>
       </c>
       <c r="K52" s="0" t="s">
         <v>527</v>
       </c>
       <c r="L52" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M52" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N52" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O52" s="0" t="s">
         <v>528</v>
       </c>
       <c r="P52" s="0" t="s">
         <v>529</v>
       </c>
       <c r="Q52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U52" s="0" t="s">
         <v>530</v>
       </c>
       <c r="V52" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W52" s="0" t="s">
         <v>531</v>
       </c>
       <c r="X52" s="0" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>533</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>534</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>535</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="0" t="s">
         <v>536</v>
       </c>
       <c r="J53" s="0" t="s">
         <v>537</v>
       </c>
       <c r="K53" s="0" t="s">
         <v>538</v>
       </c>
       <c r="L53" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M53" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N53" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O53" s="0" t="s">
         <v>539</v>
       </c>
       <c r="P53" s="0" t="s">
         <v>540</v>
       </c>
       <c r="Q53" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R53" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S53" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T53" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U53" s="0" t="s">
         <v>541</v>
       </c>
       <c r="V53" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W53" s="0" t="s">
         <v>542</v>
       </c>
       <c r="X53" s="0" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>544</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>494</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>545</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>546</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="0" t="s">
         <v>547</v>
       </c>
       <c r="J54" s="0" t="s">
         <v>548</v>
       </c>
       <c r="K54" s="0" t="s">
         <v>549</v>
       </c>
       <c r="L54" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M54" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N54" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O54" s="0" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="P54" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q54" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R54" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S54" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T54" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U54" s="0" t="s">
         <v>550</v>
       </c>
       <c r="V54" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W54" s="0" t="s">
         <v>551</v>
       </c>
       <c r="X54" s="0" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>553</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>554</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>555</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>556</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="0" t="s">
         <v>557</v>
       </c>
       <c r="J55" s="0" t="s">
         <v>558</v>
       </c>
       <c r="K55" s="0" t="s">
         <v>559</v>
       </c>
       <c r="L55" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M55" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N55" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O55" s="0" t="s">
         <v>560</v>
       </c>
       <c r="P55" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U55" s="0" t="s">
         <v>560</v>
       </c>
       <c r="V55" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W55" s="0" t="s">
         <v>561</v>
       </c>
       <c r="X55" s="0" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>563</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>564</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>565</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="0" t="s">
         <v>566</v>
       </c>
       <c r="J56" s="0" t="s">
         <v>567</v>
       </c>
       <c r="K56" s="0" t="s">
         <v>568</v>
       </c>
       <c r="L56" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M56" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N56" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O56" s="0" t="s">
         <v>569</v>
       </c>
       <c r="P56" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q56" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R56" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S56" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T56" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U56" s="0" t="s">
         <v>569</v>
       </c>
       <c r="V56" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W56" s="0" t="s">
         <v>570</v>
       </c>
       <c r="X56" s="0" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>571</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>572</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>573</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="0" t="s">
         <v>574</v>
       </c>
       <c r="J57" s="0" t="s">
         <v>575</v>
       </c>
       <c r="K57" s="0" t="s">
         <v>576</v>
       </c>
       <c r="L57" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M57" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N57" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O57" s="0" t="s">
         <v>577</v>
       </c>
       <c r="P57" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q57" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R57" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S57" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T57" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U57" s="0" t="s">
         <v>578</v>
       </c>
       <c r="V57" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W57" s="0" t="s">
         <v>579</v>
       </c>
       <c r="X57" s="0" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>580</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>581</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>582</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="0" t="s">
         <v>583</v>
       </c>
       <c r="J58" s="0" t="s">
         <v>584</v>
       </c>
       <c r="K58" s="0" t="s">
         <v>585</v>
       </c>
       <c r="L58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M58" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N58" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O58" s="0" t="s">
         <v>586</v>
       </c>
       <c r="P58" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q58" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R58" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S58" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T58" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U58" s="0" t="s">
         <v>586</v>
       </c>
       <c r="V58" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W58" s="0" t="s">
         <v>587</v>
       </c>
       <c r="X58" s="0" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>589</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>590</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>591</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>592</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="0" t="s">
         <v>593</v>
       </c>
       <c r="J59" s="0" t="s">
         <v>594</v>
       </c>
       <c r="K59" s="0" t="s">
         <v>595</v>
       </c>
       <c r="L59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M59" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N59" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O59" s="0" t="s">
         <v>596</v>
       </c>
       <c r="P59" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q59" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R59" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S59" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T59" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U59" s="0" t="s">
         <v>596</v>
       </c>
       <c r="V59" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W59" s="0" t="s">
         <v>597</v>
       </c>
       <c r="X59" s="0" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>599</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>600</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>601</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>28</v>
+        <v>602</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="0" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="J60" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K60" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="L60" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M60" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N60" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O60" s="0" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="P60" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="Q60" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R60" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S60" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T60" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U60" s="0" t="s">
         <v>606</v>
       </c>
-      <c r="Q60" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="V60" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="W60" s="0" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="X60" s="0" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>28</v>
+        <v>602</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="0" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="J61" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="K61" s="0" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="L61" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M61" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N61" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O61" s="0" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="P61" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="Q61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U61" s="0" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="V61" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="W61" s="0" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="X61" s="0" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="0" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="J62" s="0" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="K62" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="L62" s="0" t="s">
         <v>442</v>
       </c>
       <c r="M62" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N62" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O62" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="P62" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q62" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R62" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S62" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T62" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U62" s="0" t="s">
         <v>626</v>
       </c>
-      <c r="Q62" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="V62" s="0" t="s">
-        <v>626</v>
+        <v>87</v>
       </c>
       <c r="W62" s="0" t="s">
         <v>627</v>
       </c>
       <c r="X62" s="0" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>629</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>630</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>631</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>632</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F63" s="0" t="s">
@@ -9653,166 +10057,166 @@
       <c r="H63" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="0" t="s">
         <v>633</v>
       </c>
       <c r="J63" s="0" t="s">
         <v>634</v>
       </c>
       <c r="K63" s="0" t="s">
         <v>635</v>
       </c>
       <c r="L63" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M63" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N63" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O63" s="0" t="s">
         <v>636</v>
       </c>
       <c r="P63" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q63" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R63" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S63" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T63" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U63" s="0" t="s">
         <v>636</v>
       </c>
       <c r="V63" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="W63" s="0" t="s">
         <v>637</v>
       </c>
       <c r="X63" s="0" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>639</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>640</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>641</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>28</v>
+        <v>602</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="0" t="s">
         <v>642</v>
       </c>
       <c r="J64" s="0" t="s">
         <v>643</v>
       </c>
       <c r="K64" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L64" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M64" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N64" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O64" s="0" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="P64" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="Q64" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R64" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S64" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T64" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U64" s="0" t="s">
         <v>606</v>
       </c>
-      <c r="Q64" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="V64" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="W64" s="0" t="s">
         <v>644</v>
       </c>
       <c r="X64" s="0" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>646</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>647</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>648</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="0" t="s">
         <v>649</v>
       </c>
       <c r="J65" s="0" t="s">
         <v>650</v>
       </c>
       <c r="K65" s="0" t="s">
         <v>651</v>
       </c>
       <c r="L65" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M65" s="0" t="s">
         <v>35</v>
       </c>
@@ -9842,546 +10246,546 @@
       </c>
       <c r="V65" s="0" t="s">
         <v>653</v>
       </c>
       <c r="W65" s="0" t="s">
         <v>654</v>
       </c>
       <c r="X65" s="0" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>656</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>657</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>658</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="0" t="s">
         <v>659</v>
       </c>
       <c r="J66" s="0" t="s">
         <v>660</v>
       </c>
       <c r="K66" s="0" t="s">
         <v>661</v>
       </c>
       <c r="L66" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M66" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N66" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O66" s="0" t="s">
         <v>662</v>
       </c>
       <c r="P66" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q66" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R66" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S66" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T66" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U66" s="0" t="s">
         <v>662</v>
       </c>
       <c r="V66" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W66" s="0" t="s">
         <v>663</v>
       </c>
       <c r="X66" s="0" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>665</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>666</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>667</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="0" t="s">
         <v>668</v>
       </c>
       <c r="J67" s="0" t="s">
         <v>669</v>
       </c>
       <c r="K67" s="0" t="s">
         <v>670</v>
       </c>
       <c r="L67" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M67" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N67" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O67" s="0" t="s">
         <v>671</v>
       </c>
       <c r="P67" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U67" s="0" t="s">
         <v>671</v>
       </c>
       <c r="V67" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W67" s="0" t="s">
         <v>672</v>
       </c>
       <c r="X67" s="0" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>674</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>675</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>676</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="0" t="s">
         <v>677</v>
       </c>
       <c r="J68" s="0" t="s">
         <v>678</v>
       </c>
       <c r="K68" s="0" t="s">
         <v>679</v>
       </c>
       <c r="L68" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M68" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N68" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O68" s="0" t="s">
         <v>671</v>
       </c>
       <c r="P68" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q68" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R68" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S68" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T68" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U68" s="0" t="s">
         <v>671</v>
       </c>
       <c r="V68" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W68" s="0" t="s">
         <v>680</v>
       </c>
       <c r="X68" s="0" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>682</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>554</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>683</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>684</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="0" t="s">
         <v>685</v>
       </c>
       <c r="J69" s="0" t="s">
         <v>594</v>
       </c>
       <c r="K69" s="0" t="s">
         <v>686</v>
       </c>
       <c r="L69" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M69" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N69" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O69" s="0" t="s">
         <v>687</v>
       </c>
       <c r="P69" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q69" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R69" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S69" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T69" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U69" s="0" t="s">
         <v>687</v>
       </c>
       <c r="V69" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W69" s="0" t="s">
         <v>597</v>
       </c>
       <c r="X69" s="0" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>688</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>554</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>689</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>690</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>28</v>
+        <v>602</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="0" t="s">
         <v>691</v>
       </c>
       <c r="J70" s="0" t="s">
         <v>692</v>
       </c>
       <c r="K70" s="0" t="s">
         <v>693</v>
       </c>
       <c r="L70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M70" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N70" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O70" s="0" t="s">
         <v>694</v>
       </c>
       <c r="P70" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q70" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R70" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S70" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T70" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U70" s="0" t="s">
         <v>694</v>
       </c>
       <c r="V70" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W70" s="0" t="s">
         <v>695</v>
       </c>
       <c r="X70" s="0" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>697</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>554</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>591</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>698</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="0" t="s">
         <v>699</v>
       </c>
       <c r="J71" s="0" t="s">
         <v>594</v>
       </c>
       <c r="K71" s="0" t="s">
         <v>700</v>
       </c>
       <c r="L71" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M71" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N71" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O71" s="0" t="s">
         <v>701</v>
       </c>
       <c r="P71" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q71" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R71" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S71" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T71" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U71" s="0" t="s">
         <v>701</v>
       </c>
       <c r="V71" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W71" s="0" t="s">
         <v>597</v>
       </c>
       <c r="X71" s="0" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>702</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>703</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>704</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>705</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="0" t="s">
         <v>706</v>
       </c>
       <c r="J72" s="0" t="s">
         <v>460</v>
       </c>
       <c r="K72" s="0" t="s">
         <v>707</v>
       </c>
       <c r="L72" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M72" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N72" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O72" s="0" t="s">
         <v>708</v>
       </c>
       <c r="P72" s="0" t="s">
         <v>709</v>
       </c>
       <c r="Q72" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R72" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S72" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T72" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U72" s="0" t="s">
         <v>710</v>
       </c>
       <c r="V72" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W72" s="0" t="s">
         <v>711</v>
       </c>
       <c r="X72" s="0" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>713</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>714</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>715</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>716</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>717</v>
       </c>
       <c r="F73" s="0" t="s">
@@ -10393,823 +10797,823 @@
       <c r="H73" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="0" t="s">
         <v>718</v>
       </c>
       <c r="J73" s="0" t="s">
         <v>719</v>
       </c>
       <c r="K73" s="0" t="s">
         <v>720</v>
       </c>
       <c r="L73" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M73" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N73" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O73" s="0" t="s">
         <v>671</v>
       </c>
       <c r="P73" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q73" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R73" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S73" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T73" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U73" s="0" t="s">
         <v>671</v>
       </c>
       <c r="V73" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W73" s="0" t="s">
         <v>721</v>
       </c>
       <c r="X73" s="0" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>723</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>724</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>725</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>726</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>727</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="0" t="s">
         <v>728</v>
       </c>
       <c r="J74" s="0" t="s">
         <v>729</v>
       </c>
       <c r="K74" s="0" t="s">
         <v>730</v>
       </c>
       <c r="L74" s="0" t="s">
         <v>442</v>
       </c>
       <c r="M74" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N74" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O74" s="0" t="s">
         <v>731</v>
       </c>
       <c r="P74" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q74" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R74" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S74" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T74" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U74" s="0" t="s">
         <v>731</v>
       </c>
       <c r="V74" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W74" s="0" t="s">
         <v>732</v>
       </c>
       <c r="X74" s="0" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>734</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>735</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>736</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="0" t="s">
         <v>737</v>
       </c>
       <c r="J75" s="0" t="s">
         <v>738</v>
       </c>
       <c r="K75" s="0" t="s">
         <v>739</v>
       </c>
       <c r="L75" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M75" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N75" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O75" s="0" t="s">
         <v>740</v>
       </c>
       <c r="P75" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="Q75" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R75" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S75" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T75" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U75" s="0" t="s">
         <v>741</v>
       </c>
       <c r="V75" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="W75" s="0" t="s">
         <v>742</v>
       </c>
       <c r="X75" s="0" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>744</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>745</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>746</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>747</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>748</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="0" t="s">
         <v>749</v>
       </c>
       <c r="J76" s="0" t="s">
         <v>750</v>
       </c>
       <c r="K76" s="0" t="s">
         <v>751</v>
       </c>
       <c r="L76" s="0" t="s">
         <v>752</v>
       </c>
       <c r="M76" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N76" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O76" s="0" t="s">
         <v>753</v>
       </c>
       <c r="P76" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q76" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R76" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S76" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T76" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U76" s="0" t="s">
         <v>753</v>
       </c>
       <c r="V76" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W76" s="0" t="s">
         <v>754</v>
       </c>
       <c r="X76" s="0" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>756</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>757</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>758</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>28</v>
+        <v>602</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="0" t="s">
         <v>759</v>
       </c>
       <c r="J77" s="0" t="s">
         <v>760</v>
       </c>
       <c r="K77" s="0" t="s">
         <v>761</v>
       </c>
       <c r="L77" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M77" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N77" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O77" s="0" t="s">
         <v>762</v>
       </c>
       <c r="P77" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q77" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R77" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S77" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T77" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U77" s="0" t="s">
         <v>762</v>
       </c>
       <c r="V77" s="0" t="s">
         <v>432</v>
       </c>
       <c r="W77" s="0" t="s">
         <v>763</v>
       </c>
       <c r="X77" s="0" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>765</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>766</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>767</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="0" t="s">
         <v>768</v>
       </c>
       <c r="J78" s="0" t="s">
         <v>769</v>
       </c>
       <c r="K78" s="0" t="s">
         <v>770</v>
       </c>
       <c r="L78" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M78" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N78" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O78" s="0" t="s">
         <v>762</v>
       </c>
       <c r="P78" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q78" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R78" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S78" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T78" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U78" s="0" t="s">
         <v>762</v>
       </c>
       <c r="V78" s="0" t="s">
         <v>432</v>
       </c>
       <c r="W78" s="0" t="s">
         <v>771</v>
       </c>
       <c r="X78" s="0" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>773</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>774</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>775</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>28</v>
+        <v>602</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="0" t="s">
         <v>776</v>
       </c>
       <c r="J79" s="0" t="s">
         <v>777</v>
       </c>
       <c r="K79" s="0" t="s">
         <v>778</v>
       </c>
       <c r="L79" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M79" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N79" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O79" s="0" t="s">
         <v>779</v>
       </c>
       <c r="P79" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q79" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R79" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S79" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T79" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U79" s="0" t="s">
         <v>779</v>
       </c>
       <c r="V79" s="0" t="s">
         <v>432</v>
       </c>
       <c r="W79" s="0" t="s">
         <v>780</v>
       </c>
       <c r="X79" s="0" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>782</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>783</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>784</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="0" t="s">
         <v>785</v>
       </c>
       <c r="J80" s="0" t="s">
         <v>786</v>
       </c>
       <c r="K80" s="0" t="s">
         <v>787</v>
       </c>
       <c r="L80" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M80" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N80" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O80" s="0" t="s">
         <v>788</v>
       </c>
       <c r="P80" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q80" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R80" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S80" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T80" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U80" s="0" t="s">
         <v>788</v>
       </c>
       <c r="V80" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W80" s="0" t="s">
         <v>789</v>
       </c>
       <c r="X80" s="0" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>791</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>792</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>793</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="0" t="s">
         <v>794</v>
       </c>
       <c r="J81" s="0" t="s">
         <v>795</v>
       </c>
       <c r="K81" s="0" t="s">
         <v>796</v>
       </c>
       <c r="L81" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M81" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N81" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O81" s="0" t="s">
         <v>797</v>
       </c>
       <c r="P81" s="0" t="s">
         <v>401</v>
       </c>
       <c r="Q81" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R81" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S81" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T81" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U81" s="0" t="s">
         <v>798</v>
       </c>
       <c r="V81" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W81" s="0" t="s">
         <v>799</v>
       </c>
       <c r="X81" s="0" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>801</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>494</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>802</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>803</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>804</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="0" t="s">
         <v>805</v>
       </c>
       <c r="J82" s="0" t="s">
         <v>806</v>
       </c>
       <c r="K82" s="0" t="s">
         <v>807</v>
       </c>
       <c r="L82" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M82" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N82" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O82" s="0" t="s">
         <v>808</v>
       </c>
       <c r="P82" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q82" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R82" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S82" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T82" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U82" s="0" t="s">
         <v>809</v>
       </c>
       <c r="V82" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W82" s="0" t="s">
         <v>810</v>
       </c>
       <c r="X82" s="0" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>812</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>813</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>814</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="0" t="s">
         <v>815</v>
       </c>
       <c r="J83" s="0" t="s">
         <v>816</v>
       </c>
       <c r="K83" s="0" t="s">
         <v>817</v>
       </c>
       <c r="L83" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M83" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N83" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O83" s="0" t="s">
         <v>818</v>
       </c>
       <c r="P83" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="Q83" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R83" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S83" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T83" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U83" s="0" t="s">
         <v>818</v>
       </c>
       <c r="V83" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="W83" s="0" t="s">
         <v>819</v>
       </c>
       <c r="X83" s="0" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>821</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>822</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>823</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>824</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="0" t="s">
         <v>825</v>
       </c>
       <c r="J84" s="0" t="s">
         <v>826</v>
       </c>
@@ -11239,51 +11643,51 @@
       </c>
       <c r="S84" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T84" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U84" s="0" t="s">
         <v>829</v>
       </c>
       <c r="V84" s="0" t="s">
         <v>829</v>
       </c>
       <c r="W84" s="0" t="s">
         <v>830</v>
       </c>
       <c r="X84" s="0" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>832</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>833</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>834</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>824</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="0" t="s">
         <v>835</v>
       </c>
       <c r="J85" s="0" t="s">
         <v>836</v>
       </c>
@@ -11343,770 +11747,770 @@
       <c r="D86" s="0" t="s">
         <v>843</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>844</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="0" t="s">
         <v>845</v>
       </c>
       <c r="J86" s="0" t="s">
         <v>846</v>
       </c>
       <c r="K86" s="0" t="s">
         <v>847</v>
       </c>
       <c r="L86" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M86" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N86" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O86" s="0" t="s">
         <v>848</v>
       </c>
       <c r="P86" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q86" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R86" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S86" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T86" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U86" s="0" t="s">
         <v>849</v>
       </c>
       <c r="V86" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W86" s="0" t="s">
         <v>850</v>
       </c>
       <c r="X86" s="0" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>852</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>853</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>854</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="0" t="s">
         <v>855</v>
       </c>
       <c r="J87" s="0" t="s">
         <v>856</v>
       </c>
       <c r="K87" s="0" t="s">
         <v>857</v>
       </c>
       <c r="L87" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M87" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N87" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O87" s="0" t="s">
         <v>858</v>
       </c>
       <c r="P87" s="0" t="s">
         <v>859</v>
       </c>
       <c r="Q87" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R87" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S87" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T87" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U87" s="0" t="s">
         <v>858</v>
       </c>
       <c r="V87" s="0" t="s">
         <v>859</v>
       </c>
       <c r="W87" s="0" t="s">
         <v>860</v>
       </c>
       <c r="X87" s="0" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>862</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>863</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>864</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>865</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="0" t="s">
         <v>866</v>
       </c>
       <c r="J88" s="0" t="s">
         <v>867</v>
       </c>
       <c r="K88" s="0" t="s">
         <v>868</v>
       </c>
       <c r="L88" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M88" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N88" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O88" s="0" t="s">
         <v>869</v>
       </c>
       <c r="P88" s="0" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
       <c r="Q88" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R88" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S88" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T88" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U88" s="0" t="s">
         <v>869</v>
       </c>
       <c r="V88" s="0" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
       <c r="W88" s="0" t="s">
         <v>870</v>
       </c>
       <c r="X88" s="0" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>872</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>873</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>874</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="0" t="s">
         <v>875</v>
       </c>
       <c r="J89" s="0" t="s">
         <v>876</v>
       </c>
       <c r="K89" s="0" t="s">
         <v>877</v>
       </c>
       <c r="L89" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M89" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N89" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O89" s="0" t="s">
         <v>878</v>
       </c>
       <c r="P89" s="0" t="s">
         <v>859</v>
       </c>
       <c r="Q89" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R89" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S89" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T89" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U89" s="0" t="s">
         <v>878</v>
       </c>
       <c r="V89" s="0" t="s">
         <v>859</v>
       </c>
       <c r="W89" s="0" t="s">
         <v>879</v>
       </c>
       <c r="X89" s="0" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>880</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>881</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>882</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>883</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="0" t="s">
         <v>884</v>
       </c>
       <c r="J90" s="0" t="s">
         <v>885</v>
       </c>
       <c r="K90" s="0" t="s">
         <v>886</v>
       </c>
       <c r="L90" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M90" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N90" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O90" s="0" t="s">
         <v>887</v>
       </c>
       <c r="P90" s="0" t="s">
         <v>888</v>
       </c>
       <c r="Q90" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R90" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S90" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T90" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U90" s="0" t="s">
         <v>887</v>
       </c>
       <c r="V90" s="0" t="s">
         <v>888</v>
       </c>
       <c r="W90" s="0" t="s">
         <v>889</v>
       </c>
       <c r="X90" s="0" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>891</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>494</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>892</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>893</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="0" t="s">
         <v>894</v>
       </c>
       <c r="J91" s="0" t="s">
         <v>895</v>
       </c>
       <c r="K91" s="0" t="s">
         <v>896</v>
       </c>
       <c r="L91" s="0" t="s">
         <v>442</v>
       </c>
       <c r="M91" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N91" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O91" s="0" t="s">
         <v>897</v>
       </c>
       <c r="P91" s="0" t="s">
         <v>898</v>
       </c>
       <c r="Q91" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R91" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S91" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T91" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U91" s="0" t="s">
         <v>897</v>
       </c>
       <c r="V91" s="0" t="s">
         <v>898</v>
       </c>
       <c r="W91" s="0" t="s">
         <v>899</v>
       </c>
       <c r="X91" s="0" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>901</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>494</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>902</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>903</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="0" t="s">
         <v>904</v>
       </c>
       <c r="J92" s="0" t="s">
         <v>905</v>
       </c>
       <c r="K92" s="0" t="s">
         <v>906</v>
       </c>
       <c r="L92" s="0" t="s">
         <v>442</v>
       </c>
       <c r="M92" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N92" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O92" s="0" t="s">
         <v>897</v>
       </c>
       <c r="P92" s="0" t="s">
         <v>898</v>
       </c>
       <c r="Q92" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R92" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S92" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T92" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U92" s="0" t="s">
         <v>897</v>
       </c>
       <c r="V92" s="0" t="s">
         <v>898</v>
       </c>
       <c r="W92" s="0" t="s">
         <v>907</v>
       </c>
       <c r="X92" s="0" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>908</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>909</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>910</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F93" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="0" t="s">
         <v>911</v>
       </c>
       <c r="J93" s="0" t="s">
         <v>912</v>
       </c>
       <c r="K93" s="0" t="s">
         <v>913</v>
       </c>
       <c r="L93" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M93" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N93" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O93" s="0" t="s">
         <v>914</v>
       </c>
       <c r="P93" s="0" t="s">
         <v>915</v>
       </c>
       <c r="Q93" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R93" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S93" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T93" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U93" s="0" t="s">
         <v>914</v>
       </c>
       <c r="V93" s="0" t="s">
         <v>915</v>
       </c>
       <c r="W93" s="0" t="s">
         <v>916</v>
       </c>
       <c r="X93" s="0" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>917</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>918</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>919</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="0" t="s">
         <v>920</v>
       </c>
       <c r="J94" s="0" t="s">
         <v>921</v>
       </c>
       <c r="K94" s="0" t="s">
         <v>922</v>
       </c>
       <c r="L94" s="0" t="s">
         <v>442</v>
       </c>
       <c r="M94" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N94" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O94" s="0" t="s">
         <v>923</v>
       </c>
       <c r="P94" s="0" t="s">
-        <v>91</v>
+        <v>223</v>
       </c>
       <c r="Q94" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R94" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S94" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T94" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U94" s="0" t="s">
         <v>924</v>
       </c>
       <c r="V94" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W94" s="0" t="s">
         <v>925</v>
       </c>
       <c r="X94" s="0" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>927</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>928</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>919</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="0" t="s">
         <v>929</v>
       </c>
       <c r="J95" s="0" t="s">
         <v>777</v>
       </c>
       <c r="K95" s="0" t="s">
         <v>930</v>
       </c>
       <c r="L95" s="0" t="s">
         <v>442</v>
       </c>
       <c r="M95" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N95" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O95" s="0" t="s">
         <v>923</v>
       </c>
       <c r="P95" s="0" t="s">
-        <v>91</v>
+        <v>223</v>
       </c>
       <c r="Q95" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R95" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S95" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T95" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U95" s="0" t="s">
         <v>924</v>
       </c>
       <c r="V95" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W95" s="0" t="s">
         <v>931</v>
       </c>
       <c r="X95" s="0" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>932</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>933</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>934</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>28</v>
+        <v>602</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="0" t="s">
         <v>935</v>
       </c>
       <c r="J96" s="0" t="s">
         <v>936</v>
       </c>
       <c r="K96" s="0" t="s">
         <v>937</v>
       </c>
       <c r="L96" s="0" t="s">
         <v>442</v>
       </c>
       <c r="M96" s="0" t="s">
         <v>35</v>
       </c>
@@ -12136,1034 +12540,1034 @@
       </c>
       <c r="V96" s="0" t="s">
         <v>938</v>
       </c>
       <c r="W96" s="0" t="s">
         <v>939</v>
       </c>
       <c r="X96" s="0" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>940</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>554</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>941</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>942</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="0" t="s">
         <v>943</v>
       </c>
       <c r="J97" s="0" t="s">
         <v>944</v>
       </c>
       <c r="K97" s="0" t="s">
         <v>945</v>
       </c>
       <c r="L97" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M97" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N97" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O97" s="0" t="s">
         <v>946</v>
       </c>
       <c r="P97" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q97" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R97" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S97" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T97" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U97" s="0" t="s">
         <v>946</v>
       </c>
       <c r="V97" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W97" s="0" t="s">
         <v>947</v>
       </c>
       <c r="X97" s="0" t="s">
         <v>948</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>949</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>950</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>951</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="0" t="s">
         <v>952</v>
       </c>
       <c r="J98" s="0" t="s">
         <v>953</v>
       </c>
       <c r="K98" s="0" t="s">
         <v>954</v>
       </c>
       <c r="L98" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M98" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N98" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O98" s="0" t="s">
         <v>848</v>
       </c>
       <c r="P98" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q98" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R98" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S98" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T98" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U98" s="0" t="s">
         <v>955</v>
       </c>
       <c r="V98" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W98" s="0" t="s">
         <v>956</v>
       </c>
       <c r="X98" s="0" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>958</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>959</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>960</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="0" t="s">
         <v>961</v>
       </c>
       <c r="J99" s="0" t="s">
         <v>962</v>
       </c>
       <c r="K99" s="0" t="s">
         <v>963</v>
       </c>
       <c r="L99" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M99" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N99" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O99" s="0" t="s">
         <v>964</v>
       </c>
       <c r="P99" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q99" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R99" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S99" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T99" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U99" s="0" t="s">
         <v>964</v>
       </c>
       <c r="V99" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W99" s="0" t="s">
         <v>965</v>
       </c>
       <c r="X99" s="0" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>967</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>968</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>969</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>970</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="0" t="s">
         <v>971</v>
       </c>
       <c r="J100" s="0" t="s">
         <v>972</v>
       </c>
       <c r="K100" s="0" t="s">
         <v>973</v>
       </c>
       <c r="L100" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M100" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N100" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O100" s="0" t="s">
         <v>968</v>
       </c>
       <c r="P100" s="0" t="s">
         <v>401</v>
       </c>
       <c r="Q100" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R100" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S100" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T100" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U100" s="0" t="s">
         <v>974</v>
       </c>
       <c r="V100" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W100" s="0" t="s">
         <v>975</v>
       </c>
       <c r="X100" s="0" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>977</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>978</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>979</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="0" t="s">
         <v>980</v>
       </c>
       <c r="J101" s="0" t="s">
         <v>981</v>
       </c>
       <c r="K101" s="0" t="s">
         <v>982</v>
       </c>
       <c r="L101" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M101" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N101" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O101" s="0" t="s">
         <v>964</v>
       </c>
       <c r="P101" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q101" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R101" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S101" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T101" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U101" s="0" t="s">
         <v>964</v>
       </c>
       <c r="V101" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W101" s="0" t="s">
         <v>983</v>
       </c>
       <c r="X101" s="0" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>984</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>985</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>986</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>987</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="0" t="s">
         <v>988</v>
       </c>
       <c r="J102" s="0" t="s">
         <v>989</v>
       </c>
       <c r="K102" s="0" t="s">
         <v>990</v>
       </c>
       <c r="L102" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M102" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N102" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O102" s="0" t="s">
         <v>991</v>
       </c>
       <c r="P102" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q102" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R102" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S102" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T102" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U102" s="0" t="s">
         <v>992</v>
       </c>
       <c r="V102" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W102" s="0" t="s">
         <v>993</v>
       </c>
       <c r="X102" s="0" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>995</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>996</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>997</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="0" t="s">
         <v>998</v>
       </c>
       <c r="J103" s="0" t="s">
         <v>999</v>
       </c>
       <c r="K103" s="0" t="s">
         <v>1000</v>
       </c>
       <c r="L103" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M103" s="0" t="s">
         <v>1001</v>
       </c>
       <c r="N103" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O103" s="0" t="s">
         <v>779</v>
       </c>
       <c r="P103" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q103" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R103" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S103" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T103" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U103" s="0" t="s">
         <v>779</v>
       </c>
       <c r="V103" s="0" t="s">
         <v>432</v>
       </c>
       <c r="W103" s="0" t="s">
         <v>1002</v>
       </c>
       <c r="X103" s="0" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>1003</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>1004</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>1005</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="0" t="s">
         <v>1006</v>
       </c>
       <c r="J104" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="K104" s="0" t="s">
         <v>1007</v>
       </c>
       <c r="L104" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M104" s="0" t="s">
         <v>1001</v>
       </c>
       <c r="N104" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O104" s="0" t="s">
         <v>779</v>
       </c>
       <c r="P104" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q104" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R104" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S104" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T104" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U104" s="0" t="s">
         <v>779</v>
       </c>
       <c r="V104" s="0" t="s">
         <v>432</v>
       </c>
       <c r="W104" s="0" t="s">
         <v>1008</v>
       </c>
       <c r="X104" s="0" t="s">
         <v>1009</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>1010</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>985</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>1011</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>1012</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="0" t="s">
         <v>1013</v>
       </c>
       <c r="J105" s="0" t="s">
         <v>1014</v>
       </c>
       <c r="K105" s="0" t="s">
         <v>1015</v>
       </c>
       <c r="L105" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M105" s="0" t="s">
         <v>1001</v>
       </c>
       <c r="N105" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O105" s="0" t="s">
         <v>1016</v>
       </c>
       <c r="P105" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q105" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R105" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S105" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T105" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U105" s="0" t="s">
         <v>992</v>
       </c>
       <c r="V105" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W105" s="0" t="s">
         <v>1017</v>
       </c>
       <c r="X105" s="0" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>1018</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>1019</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>1020</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="0" t="s">
         <v>1021</v>
       </c>
       <c r="J106" s="0" t="s">
         <v>1022</v>
       </c>
       <c r="K106" s="0" t="s">
         <v>1023</v>
       </c>
       <c r="L106" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M106" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N106" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O106" s="0" t="s">
         <v>1024</v>
       </c>
       <c r="P106" s="0" t="s">
         <v>1025</v>
       </c>
       <c r="Q106" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R106" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S106" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T106" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U106" s="0" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="V106" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W106" s="0" t="s">
         <v>1026</v>
       </c>
       <c r="X106" s="0" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>1027</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>554</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>1028</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="J107" s="0" t="s">
         <v>1031</v>
       </c>
       <c r="K107" s="0" t="s">
         <v>1032</v>
       </c>
       <c r="L107" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M107" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N107" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O107" s="0" t="s">
         <v>1016</v>
       </c>
       <c r="P107" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q107" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R107" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S107" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T107" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U107" s="0" t="s">
         <v>992</v>
       </c>
       <c r="V107" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W107" s="0" t="s">
         <v>1033</v>
       </c>
       <c r="X107" s="0" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>1034</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>1035</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="0" t="s">
         <v>1036</v>
       </c>
       <c r="J108" s="0" t="s">
         <v>1037</v>
       </c>
       <c r="K108" s="0" t="s">
         <v>1038</v>
       </c>
       <c r="L108" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M108" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N108" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O108" s="0" t="s">
         <v>1039</v>
       </c>
       <c r="P108" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q108" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R108" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S108" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T108" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U108" s="0" t="s">
         <v>1039</v>
       </c>
       <c r="V108" s="0" t="s">
         <v>1040</v>
       </c>
       <c r="W108" s="0" t="s">
         <v>1041</v>
       </c>
       <c r="X108" s="0" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>1043</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>1044</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="0" t="s">
         <v>1045</v>
       </c>
       <c r="J109" s="0" t="s">
         <v>1046</v>
       </c>
       <c r="K109" s="0" t="s">
         <v>1047</v>
       </c>
       <c r="L109" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M109" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N109" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O109" s="0" t="s">
         <v>1039</v>
       </c>
       <c r="P109" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q109" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R109" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S109" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T109" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U109" s="0" t="s">
         <v>1039</v>
       </c>
       <c r="V109" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W109" s="0" t="s">
         <v>1048</v>
       </c>
       <c r="X109" s="0" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>1049</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>1050</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>1051</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="0" t="s">
         <v>1052</v>
       </c>
       <c r="J110" s="0" t="s">
         <v>1053</v>
       </c>
       <c r="K110" s="0" t="s">
         <v>1054</v>
       </c>
       <c r="L110" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M110" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N110" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O110" s="0" t="s">
         <v>887</v>
       </c>
       <c r="P110" s="0" t="s">
         <v>888</v>
       </c>
       <c r="Q110" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R110" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S110" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T110" s="0" t="s">
         <v>30</v>
       </c>
@@ -13172,842 +13576,842 @@
       </c>
       <c r="V110" s="0" t="s">
         <v>888</v>
       </c>
       <c r="W110" s="0" t="s">
         <v>1055</v>
       </c>
       <c r="X110" s="0" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>1057</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>1058</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>1059</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>1060</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="0" t="s">
         <v>1061</v>
       </c>
       <c r="J111" s="0" t="s">
         <v>1062</v>
       </c>
       <c r="K111" s="0" t="s">
         <v>1063</v>
       </c>
       <c r="L111" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M111" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N111" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O111" s="0" t="s">
         <v>1064</v>
       </c>
       <c r="P111" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q111" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R111" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S111" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T111" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U111" s="0" t="s">
         <v>1064</v>
       </c>
       <c r="V111" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="W111" s="0" t="s">
         <v>1065</v>
       </c>
       <c r="X111" s="0" t="s">
         <v>1066</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>1067</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>1068</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>1069</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>1070</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F112" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="0" t="s">
         <v>1071</v>
       </c>
       <c r="J112" s="0" t="s">
         <v>1072</v>
       </c>
       <c r="K112" s="0" t="s">
         <v>1073</v>
       </c>
       <c r="L112" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M112" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N112" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O112" s="0" t="s">
         <v>1074</v>
       </c>
       <c r="P112" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q112" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R112" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S112" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T112" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U112" s="0" t="s">
         <v>992</v>
       </c>
       <c r="V112" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W112" s="0" t="s">
         <v>1075</v>
       </c>
       <c r="X112" s="0" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>1076</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>1077</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>1078</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>368</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="0" t="s">
         <v>1079</v>
       </c>
       <c r="J113" s="0" t="s">
         <v>1080</v>
       </c>
       <c r="K113" s="0" t="s">
         <v>1081</v>
       </c>
       <c r="L113" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M113" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N113" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O113" s="0" t="s">
         <v>1082</v>
       </c>
       <c r="P113" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="Q113" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R113" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S113" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T113" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U113" s="0" t="s">
         <v>1082</v>
       </c>
       <c r="V113" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="W113" s="0" t="s">
         <v>1083</v>
       </c>
       <c r="X113" s="0" t="s">
         <v>1084</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>1085</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>1050</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>1051</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F114" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I114" s="0" t="s">
         <v>1086</v>
       </c>
       <c r="J114" s="0" t="s">
         <v>1087</v>
       </c>
       <c r="K114" s="0" t="s">
         <v>1054</v>
       </c>
       <c r="L114" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M114" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N114" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O114" s="0" t="s">
         <v>887</v>
       </c>
       <c r="P114" s="0" t="s">
         <v>888</v>
       </c>
       <c r="Q114" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R114" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S114" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T114" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U114" s="0" t="s">
         <v>887</v>
       </c>
       <c r="V114" s="0" t="s">
         <v>888</v>
       </c>
       <c r="W114" s="0" t="s">
         <v>1055</v>
       </c>
       <c r="X114" s="0" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>1088</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>1089</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>1090</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F115" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="0" t="s">
         <v>1091</v>
       </c>
       <c r="J115" s="0" t="s">
         <v>1092</v>
       </c>
       <c r="K115" s="0" t="s">
         <v>1093</v>
       </c>
       <c r="L115" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M115" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N115" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O115" s="0" t="s">
         <v>1082</v>
       </c>
       <c r="P115" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="Q115" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R115" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S115" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T115" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U115" s="0" t="s">
         <v>1082</v>
       </c>
       <c r="V115" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="W115" s="0" t="s">
         <v>1094</v>
       </c>
       <c r="X115" s="0" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>1095</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>1096</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>1097</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F116" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="0" t="s">
         <v>1098</v>
       </c>
       <c r="J116" s="0" t="s">
         <v>1099</v>
       </c>
       <c r="K116" s="0" t="s">
         <v>1100</v>
       </c>
       <c r="L116" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M116" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N116" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O116" s="0" t="s">
         <v>1101</v>
       </c>
       <c r="P116" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="Q116" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R116" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S116" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T116" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U116" s="0" t="s">
         <v>992</v>
       </c>
       <c r="V116" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W116" s="0" t="s">
         <v>1102</v>
       </c>
       <c r="X116" s="0" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>1103</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>1104</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>1105</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>1106</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F117" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="0" t="s">
         <v>1107</v>
       </c>
       <c r="J117" s="0" t="s">
         <v>1108</v>
       </c>
       <c r="K117" s="0" t="s">
         <v>1109</v>
       </c>
       <c r="L117" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M117" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N117" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O117" s="0" t="s">
         <v>1110</v>
       </c>
       <c r="P117" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q117" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R117" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S117" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T117" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U117" s="0" t="s">
         <v>1111</v>
       </c>
       <c r="V117" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W117" s="0" t="s">
         <v>1112</v>
       </c>
       <c r="X117" s="0" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>1113</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>1114</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>1115</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>1116</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="0" t="s">
         <v>1117</v>
       </c>
       <c r="J118" s="0" t="s">
         <v>1118</v>
       </c>
       <c r="K118" s="0" t="s">
         <v>1119</v>
       </c>
       <c r="L118" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M118" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N118" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O118" s="0" t="s">
         <v>964</v>
       </c>
       <c r="P118" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q118" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R118" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S118" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T118" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U118" s="0" t="s">
         <v>964</v>
       </c>
       <c r="V118" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W118" s="0" t="s">
         <v>1120</v>
       </c>
       <c r="X118" s="0" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>1121</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>1122</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>1123</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>28</v>
+        <v>602</v>
       </c>
       <c r="F119" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="0" t="s">
         <v>1124</v>
       </c>
       <c r="J119" s="0" t="s">
         <v>1125</v>
       </c>
       <c r="K119" s="0" t="s">
         <v>1126</v>
       </c>
       <c r="L119" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M119" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N119" s="0" t="s">
         <v>1127</v>
       </c>
       <c r="O119" s="0" t="s">
         <v>1128</v>
       </c>
       <c r="P119" s="0" t="s">
-        <v>626</v>
+        <v>87</v>
       </c>
       <c r="Q119" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R119" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S119" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T119" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U119" s="0" t="s">
         <v>1128</v>
       </c>
       <c r="V119" s="0" t="s">
-        <v>626</v>
+        <v>87</v>
       </c>
       <c r="W119" s="0" t="s">
         <v>1129</v>
       </c>
       <c r="X119" s="0" t="s">
         <v>1130</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>1131</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>1132</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>1133</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>28</v>
+        <v>602</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="0" t="s">
         <v>1134</v>
       </c>
       <c r="J120" s="0" t="s">
         <v>1135</v>
       </c>
       <c r="K120" s="0" t="s">
         <v>1136</v>
       </c>
       <c r="L120" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M120" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N120" s="0" t="s">
         <v>1127</v>
       </c>
       <c r="O120" s="0" t="s">
         <v>1128</v>
       </c>
       <c r="P120" s="0" t="s">
-        <v>626</v>
+        <v>87</v>
       </c>
       <c r="Q120" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R120" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S120" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T120" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U120" s="0" t="s">
         <v>1128</v>
       </c>
       <c r="V120" s="0" t="s">
-        <v>626</v>
+        <v>87</v>
       </c>
       <c r="W120" s="0" t="s">
         <v>1137</v>
       </c>
       <c r="X120" s="0" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>1138</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>1068</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>1139</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>1140</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F121" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="0" t="s">
         <v>1141</v>
       </c>
       <c r="J121" s="0" t="s">
         <v>1142</v>
       </c>
       <c r="K121" s="0" t="s">
         <v>1143</v>
       </c>
       <c r="L121" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M121" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N121" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O121" s="0" t="s">
         <v>1144</v>
       </c>
       <c r="P121" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q121" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R121" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S121" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T121" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U121" s="0" t="s">
         <v>1144</v>
       </c>
       <c r="V121" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="W121" s="0" t="s">
         <v>1145</v>
       </c>
       <c r="X121" s="0" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>1146</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>1147</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>1148</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>1149</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>1150</v>
       </c>
       <c r="F122" s="0" t="s">
@@ -14019,187 +14423,187 @@
       <c r="H122" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="0" t="s">
         <v>1151</v>
       </c>
       <c r="J122" s="0" t="s">
         <v>1142</v>
       </c>
       <c r="K122" s="0" t="s">
         <v>1152</v>
       </c>
       <c r="L122" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M122" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N122" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O122" s="0" t="s">
         <v>1153</v>
       </c>
       <c r="P122" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q122" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R122" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S122" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T122" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U122" s="0" t="s">
         <v>1153</v>
       </c>
       <c r="V122" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="W122" s="0" t="s">
         <v>1154</v>
       </c>
       <c r="X122" s="0" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>1155</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>1156</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>1157</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I123" s="0" t="s">
         <v>1158</v>
       </c>
       <c r="J123" s="0" t="s">
         <v>1159</v>
       </c>
       <c r="K123" s="0" t="s">
         <v>1160</v>
       </c>
       <c r="L123" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M123" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N123" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O123" s="0" t="s">
         <v>1161</v>
       </c>
       <c r="P123" s="0" t="s">
-        <v>319</v>
+        <v>99</v>
       </c>
       <c r="Q123" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R123" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S123" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T123" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U123" s="0" t="s">
         <v>421</v>
       </c>
       <c r="V123" s="0" t="s">
         <v>422</v>
       </c>
       <c r="W123" s="0" t="s">
         <v>1162</v>
       </c>
       <c r="X123" s="0" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>1164</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>1165</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>1166</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="0" t="s">
         <v>1167</v>
       </c>
       <c r="J124" s="0" t="s">
         <v>1168</v>
       </c>
       <c r="K124" s="0" t="s">
         <v>1169</v>
       </c>
       <c r="L124" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M124" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N124" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O124" s="0" t="s">
         <v>887</v>
       </c>
       <c r="P124" s="0" t="s">
         <v>938</v>
       </c>
       <c r="Q124" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R124" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S124" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T124" s="0" t="s">
         <v>30</v>
       </c>
@@ -14208,590 +14612,590 @@
       </c>
       <c r="V124" s="0" t="s">
         <v>938</v>
       </c>
       <c r="W124" s="0" t="s">
         <v>1170</v>
       </c>
       <c r="X124" s="0" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>1171</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>1172</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>1173</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F125" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="J125" s="0" t="s">
         <v>460</v>
       </c>
       <c r="K125" s="0" t="s">
         <v>1175</v>
       </c>
       <c r="L125" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M125" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N125" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O125" s="0" t="s">
         <v>1176</v>
       </c>
       <c r="P125" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="Q125" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R125" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S125" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T125" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U125" s="0" t="s">
         <v>421</v>
       </c>
       <c r="V125" s="0" t="s">
         <v>422</v>
       </c>
       <c r="W125" s="0" t="s">
         <v>1177</v>
       </c>
       <c r="X125" s="0" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>1179</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>1180</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>1181</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="0" t="s">
         <v>1182</v>
       </c>
       <c r="J126" s="0" t="s">
         <v>953</v>
       </c>
       <c r="K126" s="0" t="s">
         <v>1183</v>
       </c>
       <c r="L126" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M126" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N126" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O126" s="0" t="s">
         <v>1184</v>
       </c>
       <c r="P126" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q126" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R126" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S126" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T126" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U126" s="0" t="s">
         <v>1185</v>
       </c>
       <c r="V126" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W126" s="0" t="s">
         <v>1186</v>
       </c>
       <c r="X126" s="0" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>1188</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>1189</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>1190</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>1191</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F127" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="0" t="s">
         <v>1192</v>
       </c>
       <c r="J127" s="0" t="s">
         <v>1193</v>
       </c>
       <c r="K127" s="0" t="s">
         <v>1194</v>
       </c>
       <c r="L127" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M127" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N127" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O127" s="0" t="s">
         <v>1016</v>
       </c>
       <c r="P127" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q127" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R127" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S127" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T127" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U127" s="0" t="s">
         <v>992</v>
       </c>
       <c r="V127" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W127" s="0" t="s">
         <v>1195</v>
       </c>
       <c r="X127" s="0" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>1196</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>1197</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>1198</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>1199</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="0" t="s">
         <v>998</v>
       </c>
       <c r="J128" s="0" t="s">
         <v>460</v>
       </c>
       <c r="K128" s="0" t="s">
         <v>1200</v>
       </c>
       <c r="L128" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M128" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N128" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O128" s="0" t="s">
         <v>779</v>
       </c>
       <c r="P128" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q128" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R128" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S128" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T128" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U128" s="0" t="s">
         <v>779</v>
       </c>
       <c r="V128" s="0" t="s">
         <v>432</v>
       </c>
       <c r="W128" s="0" t="s">
         <v>1201</v>
       </c>
       <c r="X128" s="0" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>1203</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>554</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>1204</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>1205</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="0" t="s">
         <v>1206</v>
       </c>
       <c r="J129" s="0" t="s">
         <v>1207</v>
       </c>
       <c r="K129" s="0" t="s">
         <v>1208</v>
       </c>
       <c r="L129" s="0" t="s">
         <v>442</v>
       </c>
       <c r="M129" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N129" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O129" s="0" t="s">
         <v>1209</v>
       </c>
       <c r="P129" s="0" t="s">
         <v>859</v>
       </c>
       <c r="Q129" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R129" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S129" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T129" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U129" s="0" t="s">
         <v>1210</v>
       </c>
       <c r="V129" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W129" s="0" t="s">
         <v>1211</v>
       </c>
       <c r="X129" s="0" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>1212</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>1213</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>1214</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>1215</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F130" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="0" t="s">
         <v>1216</v>
       </c>
       <c r="J130" s="0" t="s">
         <v>1207</v>
       </c>
       <c r="K130" s="0" t="s">
         <v>1217</v>
       </c>
       <c r="L130" s="0" t="s">
         <v>442</v>
       </c>
       <c r="M130" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N130" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O130" s="0" t="s">
         <v>1209</v>
       </c>
       <c r="P130" s="0" t="s">
         <v>859</v>
       </c>
       <c r="Q130" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R130" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S130" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T130" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U130" s="0" t="s">
         <v>1210</v>
       </c>
       <c r="V130" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W130" s="0" t="s">
         <v>1065</v>
       </c>
       <c r="X130" s="0" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>1219</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>1213</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>438</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>1220</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="0" t="s">
         <v>1221</v>
       </c>
       <c r="J131" s="0" t="s">
         <v>1222</v>
       </c>
       <c r="K131" s="0" t="s">
         <v>1223</v>
       </c>
       <c r="L131" s="0" t="s">
         <v>442</v>
       </c>
       <c r="M131" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N131" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O131" s="0" t="s">
         <v>1209</v>
       </c>
       <c r="P131" s="0" t="s">
         <v>859</v>
       </c>
       <c r="Q131" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R131" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S131" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T131" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U131" s="0" t="s">
         <v>1210</v>
       </c>
       <c r="V131" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W131" s="0" t="s">
         <v>1224</v>
       </c>
       <c r="X131" s="0" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>1225</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>1226</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>1227</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="0" t="s">
         <v>1228</v>
       </c>
       <c r="J132" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="K132" s="0" t="s">
         <v>1229</v>
       </c>
       <c r="L132" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M132" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N132" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O132" s="0" t="s">
         <v>1230</v>
       </c>
       <c r="P132" s="0" t="s">
         <v>829</v>
       </c>
       <c r="Q132" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R132" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S132" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T132" s="0" t="s">
         <v>30</v>
       </c>
@@ -14800,421 +15204,421 @@
       </c>
       <c r="V132" s="0" t="s">
         <v>829</v>
       </c>
       <c r="W132" s="0" t="s">
         <v>1231</v>
       </c>
       <c r="X132" s="0" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>1233</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>1234</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>1235</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="0" t="s">
         <v>1236</v>
       </c>
       <c r="J133" s="0" t="s">
         <v>327</v>
       </c>
       <c r="K133" s="0" t="s">
         <v>1237</v>
       </c>
       <c r="L133" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M133" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N133" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O133" s="0" t="s">
         <v>848</v>
       </c>
       <c r="P133" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q133" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R133" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S133" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T133" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U133" s="0" t="s">
         <v>1185</v>
       </c>
       <c r="V133" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W133" s="0" t="s">
         <v>1238</v>
       </c>
       <c r="X133" s="0" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
         <v>1240</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>1241</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>1242</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F134" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="0" t="s">
         <v>1243</v>
       </c>
       <c r="J134" s="0" t="s">
         <v>460</v>
       </c>
       <c r="K134" s="0" t="s">
         <v>1244</v>
       </c>
       <c r="L134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M134" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N134" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O134" s="0" t="s">
         <v>788</v>
       </c>
       <c r="P134" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q134" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R134" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S134" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T134" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U134" s="0" t="s">
         <v>788</v>
       </c>
       <c r="V134" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W134" s="0" t="s">
         <v>1245</v>
       </c>
       <c r="X134" s="0" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>1246</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>1197</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>1247</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>1248</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>1249</v>
       </c>
       <c r="F135" s="0" t="s">
         <v>1250</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="0" t="s">
         <v>1251</v>
       </c>
       <c r="J135" s="0" t="s">
         <v>1252</v>
       </c>
       <c r="K135" s="0" t="s">
         <v>1253</v>
       </c>
       <c r="L135" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M135" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N135" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O135" s="0" t="s">
         <v>779</v>
       </c>
       <c r="P135" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q135" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R135" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S135" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T135" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U135" s="0" t="s">
         <v>500</v>
       </c>
       <c r="V135" s="0" t="s">
         <v>432</v>
       </c>
       <c r="W135" s="0" t="s">
         <v>1254</v>
       </c>
       <c r="X135" s="0" t="s">
         <v>1255</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>1256</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>1257</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>1258</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>1259</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="0" t="s">
         <v>1260</v>
       </c>
       <c r="J136" s="0" t="s">
         <v>460</v>
       </c>
       <c r="K136" s="0" t="s">
         <v>1261</v>
       </c>
       <c r="L136" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M136" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N136" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O136" s="0" t="s">
         <v>779</v>
       </c>
       <c r="P136" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q136" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R136" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S136" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T136" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U136" s="0" t="s">
         <v>500</v>
       </c>
       <c r="V136" s="0" t="s">
         <v>432</v>
       </c>
       <c r="W136" s="0" t="s">
         <v>1262</v>
       </c>
       <c r="X136" s="0" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>1263</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>1264</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>1265</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="0" t="s">
         <v>1266</v>
       </c>
       <c r="J137" s="0" t="s">
         <v>1267</v>
       </c>
       <c r="K137" s="0" t="s">
         <v>1268</v>
       </c>
       <c r="L137" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M137" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N137" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O137" s="0" t="s">
         <v>1269</v>
       </c>
       <c r="P137" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="Q137" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R137" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S137" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T137" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U137" s="0" t="s">
         <v>1270</v>
       </c>
       <c r="V137" s="0" t="s">
         <v>444</v>
       </c>
       <c r="W137" s="0" t="s">
         <v>1271</v>
       </c>
       <c r="X137" s="0" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>1273</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>1274</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>1275</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>28</v>
+        <v>602</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="0" t="s">
         <v>1276</v>
       </c>
       <c r="J138" s="0" t="s">
         <v>1277</v>
       </c>
       <c r="K138" s="0" t="s">
         <v>1278</v>
       </c>
       <c r="L138" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M138" s="0" t="s">
         <v>35</v>
       </c>
@@ -15244,1753 +15648,1753 @@
       </c>
       <c r="V138" s="0" t="s">
         <v>1025</v>
       </c>
       <c r="W138" s="0" t="s">
         <v>1280</v>
       </c>
       <c r="X138" s="0" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
         <v>1282</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>1283</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>1284</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="F139" s="0" t="s">
         <v>1285</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="0" t="s">
         <v>1286</v>
       </c>
       <c r="J139" s="0" t="s">
         <v>1287</v>
       </c>
       <c r="K139" s="0" t="s">
         <v>1288</v>
       </c>
       <c r="L139" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M139" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N139" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O139" s="0" t="s">
         <v>1289</v>
       </c>
       <c r="P139" s="0" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
       <c r="Q139" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R139" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S139" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T139" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U139" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="V139" s="0" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
       <c r="W139" s="0" t="s">
         <v>1290</v>
       </c>
       <c r="X139" s="0" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
         <v>1292</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>1293</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>1294</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>1295</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F140" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="0" t="s">
         <v>1296</v>
       </c>
       <c r="J140" s="0" t="s">
         <v>1297</v>
       </c>
       <c r="K140" s="0" t="s">
         <v>1298</v>
       </c>
       <c r="L140" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M140" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N140" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O140" s="0" t="s">
         <v>1299</v>
       </c>
       <c r="P140" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="Q140" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R140" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S140" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T140" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U140" s="0" t="s">
         <v>887</v>
       </c>
       <c r="V140" s="0" t="s">
         <v>938</v>
       </c>
       <c r="W140" s="0" t="s">
         <v>1300</v>
       </c>
       <c r="X140" s="0" t="s">
         <v>1255</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
         <v>1301</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>1302</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>1303</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F141" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="0" t="s">
         <v>1304</v>
       </c>
       <c r="J141" s="0" t="s">
         <v>1305</v>
       </c>
       <c r="K141" s="0" t="s">
         <v>1306</v>
       </c>
       <c r="L141" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M141" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N141" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O141" s="0" t="s">
         <v>1184</v>
       </c>
       <c r="P141" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q141" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R141" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S141" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T141" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U141" s="0" t="s">
         <v>1307</v>
       </c>
       <c r="V141" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W141" s="0" t="s">
         <v>1308</v>
       </c>
       <c r="X141" s="0" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>1309</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>1310</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>1311</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="0" t="s">
         <v>1312</v>
       </c>
       <c r="J142" s="0" t="s">
         <v>1313</v>
       </c>
       <c r="K142" s="0" t="s">
         <v>1314</v>
       </c>
       <c r="L142" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M142" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N142" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O142" s="0" t="s">
         <v>1315</v>
       </c>
       <c r="P142" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q142" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R142" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S142" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T142" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U142" s="0" t="s">
         <v>1315</v>
       </c>
       <c r="V142" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W142" s="0" t="s">
         <v>1316</v>
       </c>
       <c r="X142" s="0" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>1318</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>1319</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>1311</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="0" t="s">
         <v>1320</v>
       </c>
       <c r="J143" s="0" t="s">
         <v>1321</v>
       </c>
       <c r="K143" s="0" t="s">
         <v>1322</v>
       </c>
       <c r="L143" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M143" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N143" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O143" s="0" t="s">
         <v>1323</v>
       </c>
       <c r="P143" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q143" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R143" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S143" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T143" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U143" s="0" t="s">
         <v>1323</v>
       </c>
       <c r="V143" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W143" s="0" t="s">
         <v>1324</v>
       </c>
       <c r="X143" s="0" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>1325</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>1326</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>1327</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="0" t="s">
         <v>1328</v>
       </c>
       <c r="J144" s="0" t="s">
         <v>1329</v>
       </c>
       <c r="K144" s="0" t="s">
         <v>1330</v>
       </c>
       <c r="L144" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M144" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N144" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O144" s="0" t="s">
         <v>1331</v>
       </c>
       <c r="P144" s="0" t="s">
         <v>1332</v>
       </c>
       <c r="Q144" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R144" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S144" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T144" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U144" s="0" t="s">
         <v>1333</v>
       </c>
       <c r="V144" s="0" t="s">
         <v>444</v>
       </c>
       <c r="W144" s="0" t="s">
         <v>1334</v>
       </c>
       <c r="X144" s="0" t="s">
         <v>1084</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>1335</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>1336</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>1337</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="0" t="s">
         <v>1338</v>
       </c>
       <c r="J145" s="0" t="s">
         <v>1339</v>
       </c>
       <c r="K145" s="0" t="s">
         <v>1340</v>
       </c>
       <c r="L145" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M145" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N145" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O145" s="0" t="s">
         <v>1082</v>
       </c>
       <c r="P145" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="Q145" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R145" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S145" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T145" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U145" s="0" t="s">
         <v>1082</v>
       </c>
       <c r="V145" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="W145" s="0" t="s">
         <v>1341</v>
       </c>
       <c r="X145" s="0" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
         <v>1343</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>1344</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>1345</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="0" t="s">
         <v>1346</v>
       </c>
       <c r="J146" s="0" t="s">
         <v>1347</v>
       </c>
       <c r="K146" s="0" t="s">
         <v>1348</v>
       </c>
       <c r="L146" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M146" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N146" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O146" s="0" t="s">
         <v>1349</v>
       </c>
       <c r="P146" s="0" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
       <c r="Q146" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R146" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S146" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T146" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U146" s="0" t="s">
         <v>1350</v>
       </c>
       <c r="V146" s="0" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
       <c r="W146" s="0" t="s">
         <v>1351</v>
       </c>
       <c r="X146" s="0" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>1353</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>1354</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>1355</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>1356</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G147" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="0" t="s">
         <v>1357</v>
       </c>
       <c r="J147" s="0" t="s">
         <v>327</v>
       </c>
       <c r="K147" s="0" t="s">
         <v>1358</v>
       </c>
       <c r="L147" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M147" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N147" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O147" s="0" t="s">
         <v>1359</v>
       </c>
       <c r="P147" s="0" t="s">
-        <v>626</v>
+        <v>87</v>
       </c>
       <c r="Q147" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R147" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S147" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T147" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U147" s="0" t="s">
         <v>1359</v>
       </c>
       <c r="V147" s="0" t="s">
-        <v>626</v>
+        <v>87</v>
       </c>
       <c r="W147" s="0" t="s">
         <v>1360</v>
       </c>
       <c r="X147" s="0" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>1361</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>1362</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>1363</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>1364</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="0" t="s">
         <v>1365</v>
       </c>
       <c r="J148" s="0" t="s">
         <v>1366</v>
       </c>
       <c r="K148" s="0" t="s">
         <v>1367</v>
       </c>
       <c r="L148" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M148" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N148" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O148" s="0" t="s">
         <v>1082</v>
       </c>
       <c r="P148" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="Q148" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R148" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S148" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T148" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U148" s="0" t="s">
         <v>1082</v>
       </c>
       <c r="V148" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="W148" s="0" t="s">
         <v>1368</v>
       </c>
       <c r="X148" s="0" t="s">
         <v>1369</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>1370</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>554</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>1371</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>942</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="0" t="s">
         <v>1372</v>
       </c>
       <c r="J149" s="0" t="s">
         <v>1373</v>
       </c>
       <c r="K149" s="0" t="s">
         <v>1374</v>
       </c>
       <c r="L149" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M149" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N149" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O149" s="0" t="s">
         <v>946</v>
       </c>
       <c r="P149" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q149" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R149" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S149" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T149" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U149" s="0" t="s">
         <v>946</v>
       </c>
       <c r="V149" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W149" s="0" t="s">
         <v>1375</v>
       </c>
       <c r="X149" s="0" t="s">
         <v>1376</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
         <v>1377</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>1378</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>1379</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F150" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="0" t="s">
         <v>1380</v>
       </c>
       <c r="J150" s="0" t="s">
         <v>460</v>
       </c>
       <c r="K150" s="0" t="s">
         <v>1381</v>
       </c>
       <c r="L150" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M150" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N150" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O150" s="0" t="s">
         <v>1176</v>
       </c>
       <c r="P150" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="Q150" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R150" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S150" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T150" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U150" s="0" t="s">
         <v>1382</v>
       </c>
       <c r="V150" s="0" t="s">
         <v>422</v>
       </c>
       <c r="W150" s="0" t="s">
         <v>1383</v>
       </c>
       <c r="X150" s="0" t="s">
         <v>1384</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
         <v>1385</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>715</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>1386</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="0" t="s">
         <v>1387</v>
       </c>
       <c r="J151" s="0" t="s">
         <v>1388</v>
       </c>
       <c r="K151" s="0" t="s">
         <v>1389</v>
       </c>
       <c r="L151" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M151" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N151" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O151" s="0" t="s">
         <v>671</v>
       </c>
       <c r="P151" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q151" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R151" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S151" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T151" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U151" s="0" t="s">
         <v>671</v>
       </c>
       <c r="V151" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W151" s="0" t="s">
         <v>1390</v>
       </c>
       <c r="X151" s="0" t="s">
         <v>1391</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>1392</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>1393</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>1394</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>1395</v>
       </c>
       <c r="F152" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="0" t="s">
         <v>1396</v>
       </c>
       <c r="J152" s="0" t="s">
         <v>1397</v>
       </c>
       <c r="K152" s="0" t="s">
         <v>1398</v>
       </c>
       <c r="L152" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M152" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N152" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O152" s="0" t="s">
         <v>848</v>
       </c>
       <c r="P152" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q152" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R152" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S152" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T152" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U152" s="0" t="s">
         <v>1399</v>
       </c>
       <c r="V152" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W152" s="0" t="s">
         <v>1400</v>
       </c>
       <c r="X152" s="0" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
         <v>1402</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>1403</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>1404</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="0" t="s">
         <v>1405</v>
       </c>
       <c r="J153" s="0" t="s">
         <v>1406</v>
       </c>
       <c r="K153" s="0" t="s">
         <v>1407</v>
       </c>
       <c r="L153" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M153" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N153" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O153" s="0" t="s">
         <v>1184</v>
       </c>
       <c r="P153" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q153" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R153" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S153" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T153" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U153" s="0" t="s">
         <v>1185</v>
       </c>
       <c r="V153" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W153" s="0" t="s">
         <v>1408</v>
       </c>
       <c r="X153" s="0" t="s">
         <v>1409</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
         <v>1410</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>1411</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>1412</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="0" t="s">
         <v>1413</v>
       </c>
       <c r="J154" s="0" t="s">
         <v>1414</v>
       </c>
       <c r="K154" s="0" t="s">
         <v>1415</v>
       </c>
       <c r="L154" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M154" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N154" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O154" s="0" t="s">
         <v>1416</v>
       </c>
       <c r="P154" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q154" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R154" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S154" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T154" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U154" s="0" t="s">
         <v>1417</v>
       </c>
       <c r="V154" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W154" s="0" t="s">
         <v>1418</v>
       </c>
       <c r="X154" s="0" t="s">
         <v>1419</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
         <v>1420</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>1421</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>1371</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>1422</v>
       </c>
       <c r="F155" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="0" t="s">
         <v>1423</v>
       </c>
       <c r="J155" s="0" t="s">
         <v>1424</v>
       </c>
       <c r="K155" s="0" t="s">
         <v>1425</v>
       </c>
       <c r="L155" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M155" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N155" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O155" s="0" t="s">
         <v>1426</v>
       </c>
       <c r="P155" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q155" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R155" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S155" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T155" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U155" s="0" t="s">
         <v>1426</v>
       </c>
       <c r="V155" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W155" s="0" t="s">
         <v>1427</v>
       </c>
       <c r="X155" s="0" t="s">
         <v>1428</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>1429</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>1430</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>1430</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>1431</v>
       </c>
       <c r="F156" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G156" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="0" t="s">
         <v>1432</v>
       </c>
       <c r="J156" s="0" t="s">
         <v>1433</v>
       </c>
       <c r="K156" s="0" t="s">
         <v>1434</v>
       </c>
       <c r="L156" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M156" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N156" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O156" s="0" t="s">
         <v>1435</v>
       </c>
       <c r="P156" s="0" t="s">
         <v>1436</v>
       </c>
       <c r="Q156" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R156" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S156" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T156" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U156" s="0" t="s">
         <v>1435</v>
       </c>
       <c r="V156" s="0" t="s">
         <v>1436</v>
       </c>
       <c r="W156" s="0" t="s">
         <v>1437</v>
       </c>
       <c r="X156" s="0" t="s">
         <v>1438</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>1439</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>1440</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>438</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="0" t="s">
         <v>1441</v>
       </c>
       <c r="J157" s="0" t="s">
         <v>1442</v>
       </c>
       <c r="K157" s="0" t="s">
         <v>1443</v>
       </c>
       <c r="L157" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M157" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N157" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O157" s="0" t="s">
         <v>1444</v>
       </c>
       <c r="P157" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q157" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R157" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S157" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T157" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U157" s="0" t="s">
         <v>1445</v>
       </c>
       <c r="V157" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W157" s="0" t="s">
         <v>1446</v>
       </c>
       <c r="X157" s="0" t="s">
         <v>1419</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>1447</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>1448</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>1449</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>844</v>
       </c>
       <c r="F158" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="0" t="s">
         <v>1450</v>
       </c>
       <c r="J158" s="0" t="s">
         <v>1451</v>
       </c>
       <c r="K158" s="0" t="s">
         <v>1452</v>
       </c>
       <c r="L158" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M158" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N158" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O158" s="0" t="s">
         <v>1453</v>
       </c>
       <c r="P158" s="0" t="s">
         <v>1454</v>
       </c>
       <c r="Q158" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R158" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S158" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T158" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U158" s="0" t="s">
         <v>1455</v>
       </c>
       <c r="V158" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W158" s="0" t="s">
         <v>1456</v>
       </c>
       <c r="X158" s="0" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>1458</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>1459</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>1460</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>883</v>
       </c>
       <c r="F159" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="0" t="s">
         <v>1461</v>
       </c>
       <c r="J159" s="0" t="s">
         <v>1462</v>
       </c>
       <c r="K159" s="0" t="s">
         <v>1463</v>
       </c>
       <c r="L159" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M159" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N159" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O159" s="0" t="s">
         <v>1464</v>
       </c>
       <c r="P159" s="0" t="s">
         <v>401</v>
       </c>
       <c r="Q159" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R159" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S159" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T159" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U159" s="0" t="s">
         <v>1465</v>
       </c>
       <c r="V159" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W159" s="0" t="s">
         <v>1466</v>
       </c>
       <c r="X159" s="0" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>1468</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>1469</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="0" t="s">
         <v>1471</v>
       </c>
       <c r="J160" s="0" t="s">
         <v>1472</v>
       </c>
       <c r="K160" s="0" t="s">
         <v>1473</v>
       </c>
       <c r="L160" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M160" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N160" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O160" s="0" t="s">
         <v>1474</v>
       </c>
       <c r="P160" s="0" t="s">
         <v>401</v>
       </c>
       <c r="Q160" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R160" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S160" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T160" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U160" s="0" t="s">
         <v>1475</v>
       </c>
       <c r="V160" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W160" s="0" t="s">
         <v>1476</v>
       </c>
       <c r="X160" s="0" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
         <v>1478</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>1479</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>1480</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F161" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="0" t="s">
         <v>1481</v>
       </c>
       <c r="J161" s="0" t="s">
         <v>1482</v>
       </c>
       <c r="K161" s="0" t="s">
         <v>1483</v>
       </c>
       <c r="L161" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M161" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N161" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O161" s="0" t="s">
         <v>1484</v>
       </c>
       <c r="P161" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q161" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R161" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S161" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T161" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U161" s="0" t="s">
         <v>1485</v>
       </c>
       <c r="V161" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W161" s="0" t="s">
         <v>1486</v>
       </c>
       <c r="X161" s="0" t="s">
         <v>1487</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
         <v>1488</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>1489</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>1490</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="0" t="s">
         <v>1491</v>
       </c>
       <c r="J162" s="0" t="s">
         <v>1492</v>
       </c>
       <c r="K162" s="0" t="s">
         <v>1493</v>
       </c>
       <c r="L162" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M162" s="0" t="s">
         <v>35</v>
       </c>
@@ -17020,1273 +17424,2161 @@
       </c>
       <c r="V162" s="0" t="s">
         <v>422</v>
       </c>
       <c r="W162" s="0" t="s">
         <v>1496</v>
       </c>
       <c r="X162" s="0" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
         <v>1498</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>1499</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>1500</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="0" t="s">
         <v>1501</v>
       </c>
       <c r="J163" s="0" t="s">
         <v>1502</v>
       </c>
       <c r="K163" s="0" t="s">
         <v>1503</v>
       </c>
       <c r="L163" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M163" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N163" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O163" s="0" t="s">
         <v>1504</v>
       </c>
       <c r="P163" s="0" t="s">
         <v>1505</v>
       </c>
       <c r="Q163" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R163" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S163" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T163" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U163" s="0" t="s">
         <v>1506</v>
       </c>
       <c r="V163" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W163" s="0" t="s">
         <v>1507</v>
       </c>
       <c r="X163" s="0" t="s">
         <v>1508</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>1509</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>1510</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>1511</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="0" t="s">
         <v>1512</v>
       </c>
       <c r="J164" s="0" t="s">
         <v>1513</v>
       </c>
       <c r="K164" s="0" t="s">
         <v>1514</v>
       </c>
       <c r="L164" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M164" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N164" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O164" s="0" t="s">
         <v>1515</v>
       </c>
       <c r="P164" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q164" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R164" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S164" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T164" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U164" s="0" t="s">
         <v>1417</v>
       </c>
       <c r="V164" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W164" s="0" t="s">
         <v>1516</v>
       </c>
       <c r="X164" s="0" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>24</v>
+        <v>1517</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="0" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="J165" s="0" t="s">
         <v>336</v>
       </c>
       <c r="K165" s="0" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="L165" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M165" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N165" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O165" s="0" t="s">
         <v>338</v>
       </c>
       <c r="P165" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q165" s="0" t="s">
         <v>338</v>
       </c>
       <c r="R165" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="S165" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T165" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U165" s="0" t="s">
         <v>338</v>
       </c>
       <c r="V165" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="W165" s="0" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="X165" s="0" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>42</v>
+        <v>1525</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="0" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="J166" s="0" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="K166" s="0" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="L166" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M166" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N166" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O166" s="0" t="s">
         <v>338</v>
       </c>
       <c r="P166" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q166" s="0" t="s">
         <v>338</v>
       </c>
       <c r="R166" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="S166" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T166" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U166" s="0" t="s">
         <v>338</v>
       </c>
       <c r="V166" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="W166" s="0" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="X166" s="0" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>55</v>
+        <v>1532</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F167" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I167" s="0" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="J167" s="0" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="K167" s="0" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="L167" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M167" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N167" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O167" s="0" t="s">
         <v>1230</v>
       </c>
       <c r="P167" s="0" t="s">
         <v>829</v>
       </c>
       <c r="Q167" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R167" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S167" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T167" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U167" s="0" t="s">
         <v>1230</v>
       </c>
       <c r="V167" s="0" t="s">
         <v>829</v>
       </c>
       <c r="W167" s="0" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="X167" s="0" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>64</v>
+        <v>1539</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F168" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I168" s="0" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="J168" s="0" t="s">
         <v>1142</v>
       </c>
       <c r="K168" s="0" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="L168" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M168" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N168" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O168" s="0" t="s">
         <v>1230</v>
       </c>
       <c r="P168" s="0" t="s">
         <v>829</v>
       </c>
       <c r="Q168" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R168" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S168" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T168" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U168" s="0" t="s">
         <v>1230</v>
       </c>
       <c r="V168" s="0" t="s">
         <v>829</v>
       </c>
       <c r="W168" s="0" t="s">
-        <v>1540</v>
+        <v>1544</v>
       </c>
       <c r="X168" s="0" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>74</v>
+        <v>1545</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>1542</v>
+        <v>1547</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F169" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I169" s="0" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="J169" s="0" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
       <c r="K169" s="0" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
       <c r="L169" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M169" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N169" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O169" s="0" t="s">
-        <v>1546</v>
+        <v>1551</v>
       </c>
       <c r="P169" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="Q169" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R169" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S169" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T169" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U169" s="0" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="V169" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W169" s="0" t="s">
-        <v>1548</v>
+        <v>1553</v>
       </c>
       <c r="X169" s="0" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>82</v>
+        <v>1555</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>1430</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F170" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="0" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="J170" s="0" t="s">
-        <v>1552</v>
+        <v>1558</v>
       </c>
       <c r="K170" s="0" t="s">
-        <v>1553</v>
+        <v>1559</v>
       </c>
       <c r="L170" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M170" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N170" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O170" s="0" t="s">
         <v>1016</v>
       </c>
       <c r="P170" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q170" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R170" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S170" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T170" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U170" s="0" t="s">
-        <v>1554</v>
+        <v>1560</v>
       </c>
       <c r="V170" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W170" s="0" t="s">
-        <v>1555</v>
+        <v>1561</v>
       </c>
       <c r="X170" s="0" t="s">
-        <v>1556</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>94</v>
+        <v>1563</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>1557</v>
+        <v>1564</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>1558</v>
+        <v>1565</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F171" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="0" t="s">
-        <v>1559</v>
+        <v>1566</v>
       </c>
       <c r="J171" s="0" t="s">
-        <v>1560</v>
+        <v>1567</v>
       </c>
       <c r="K171" s="0" t="s">
-        <v>1561</v>
+        <v>1568</v>
       </c>
       <c r="L171" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M171" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N171" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O171" s="0" t="s">
-        <v>1562</v>
+        <v>1569</v>
       </c>
       <c r="P171" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="Q171" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="R171" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="S171" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T171" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U171" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="V171" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="W171" s="0" t="s">
-        <v>1563</v>
+        <v>1570</v>
       </c>
       <c r="X171" s="0" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>105</v>
+        <v>1572</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>1565</v>
+        <v>1573</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>1566</v>
+        <v>1574</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F172" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="0" t="s">
-        <v>1567</v>
+        <v>1575</v>
       </c>
       <c r="J172" s="0" t="s">
-        <v>1568</v>
+        <v>1576</v>
       </c>
       <c r="K172" s="0" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="L172" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M172" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N172" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O172" s="0" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="P172" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="Q172" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R172" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S172" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T172" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U172" s="0" t="s">
-        <v>1571</v>
+        <v>1579</v>
       </c>
       <c r="V172" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W172" s="0" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="X172" s="0" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>115</v>
+        <v>1582</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>1574</v>
+        <v>1583</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>951</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F173" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="0" t="s">
-        <v>1575</v>
+        <v>1584</v>
       </c>
       <c r="J173" s="0" t="s">
-        <v>1576</v>
+        <v>1585</v>
       </c>
       <c r="K173" s="0" t="s">
-        <v>1577</v>
+        <v>1586</v>
       </c>
       <c r="L173" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M173" s="0" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N173" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O173" s="0" t="s">
         <v>420</v>
       </c>
       <c r="P173" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="Q173" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R173" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S173" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T173" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U173" s="0" t="s">
-        <v>1578</v>
+        <v>1587</v>
       </c>
       <c r="V173" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W173" s="0" t="s">
-        <v>1579</v>
+        <v>1588</v>
       </c>
       <c r="X173" s="0" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>129</v>
+        <v>1589</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>1580</v>
+        <v>1590</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>1430</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F174" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="0" t="s">
-        <v>1581</v>
+        <v>1591</v>
       </c>
       <c r="J174" s="0" t="s">
-        <v>1582</v>
+        <v>1592</v>
       </c>
       <c r="K174" s="0" t="s">
-        <v>1583</v>
+        <v>1593</v>
       </c>
       <c r="L174" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M174" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N174" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O174" s="0" t="s">
         <v>1016</v>
       </c>
       <c r="P174" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q174" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R174" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S174" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T174" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U174" s="0" t="s">
-        <v>1584</v>
+        <v>1594</v>
       </c>
       <c r="V174" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="W174" s="0" t="s">
-        <v>1585</v>
+        <v>1595</v>
       </c>
       <c r="X174" s="0" t="s">
-        <v>1586</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>143</v>
+        <v>1597</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>1587</v>
+        <v>1598</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>1588</v>
+        <v>1599</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>1589</v>
+        <v>1600</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="0" t="s">
-        <v>1590</v>
+        <v>1601</v>
       </c>
       <c r="J175" s="0" t="s">
-        <v>1591</v>
+        <v>1602</v>
       </c>
       <c r="K175" s="0" t="s">
-        <v>1592</v>
+        <v>1603</v>
       </c>
       <c r="L175" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M175" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N175" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O175" s="0" t="s">
-        <v>1593</v>
+        <v>1604</v>
       </c>
       <c r="P175" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q175" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R175" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S175" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T175" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U175" s="0" t="s">
-        <v>1593</v>
+        <v>1604</v>
       </c>
       <c r="V175" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="W175" s="0" t="s">
-        <v>1594</v>
+        <v>1605</v>
       </c>
       <c r="X175" s="0" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>154</v>
+        <v>1606</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>1595</v>
+        <v>1607</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>1596</v>
+        <v>1608</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I176" s="0" t="s">
-        <v>1597</v>
+        <v>1609</v>
       </c>
       <c r="J176" s="0" t="s">
-        <v>1598</v>
+        <v>1610</v>
       </c>
       <c r="K176" s="0" t="s">
-        <v>1599</v>
+        <v>1611</v>
       </c>
       <c r="L176" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M176" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N176" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O176" s="0" t="s">
-        <v>1600</v>
+        <v>1612</v>
       </c>
       <c r="P176" s="0" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
       <c r="Q176" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R176" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S176" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T176" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U176" s="0" t="s">
-        <v>1601</v>
+        <v>1613</v>
       </c>
       <c r="V176" s="0" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
       <c r="W176" s="0" t="s">
-        <v>1602</v>
+        <v>1614</v>
       </c>
       <c r="X176" s="0" t="s">
-        <v>1603</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>163</v>
+        <v>1616</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>1604</v>
+        <v>1617</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>1605</v>
+        <v>1618</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F177" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="0" t="s">
-        <v>1606</v>
+        <v>1619</v>
       </c>
       <c r="J177" s="0" t="s">
-        <v>1607</v>
+        <v>1620</v>
       </c>
       <c r="K177" s="0" t="s">
-        <v>1608</v>
+        <v>1621</v>
       </c>
       <c r="L177" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M177" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N177" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O177" s="0" t="s">
         <v>1128</v>
       </c>
       <c r="P177" s="0" t="s">
-        <v>626</v>
+        <v>87</v>
       </c>
       <c r="Q177" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R177" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S177" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T177" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U177" s="0" t="s">
         <v>1128</v>
       </c>
       <c r="V177" s="0" t="s">
-        <v>626</v>
+        <v>87</v>
       </c>
       <c r="W177" s="0" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="X177" s="0" t="s">
-        <v>1610</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>174</v>
+        <v>1624</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>1611</v>
+        <v>1625</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>1612</v>
+        <v>1626</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>86</v>
+        <v>237</v>
       </c>
       <c r="F178" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="0" t="s">
-        <v>1613</v>
+        <v>1627</v>
       </c>
       <c r="J178" s="0" t="s">
-        <v>1614</v>
+        <v>1628</v>
       </c>
       <c r="K178" s="0" t="s">
-        <v>1615</v>
+        <v>1629</v>
       </c>
       <c r="L178" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M178" s="0" t="s">
         <v>35</v>
       </c>
       <c r="N178" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O178" s="0" t="s">
-        <v>1616</v>
+        <v>1630</v>
       </c>
       <c r="P178" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="Q178" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R178" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S178" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T178" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U178" s="0" t="s">
-        <v>1617</v>
+        <v>1631</v>
       </c>
       <c r="V178" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="W178" s="0" t="s">
-        <v>1618</v>
+        <v>1632</v>
       </c>
       <c r="X178" s="0" t="s">
-        <v>1619</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>184</v>
+        <v>1634</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>323</v>
+        <v>25</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>1620</v>
+        <v>1635</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>1621</v>
+        <v>1636</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F179" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I179" s="0" t="s">
-        <v>1622</v>
+        <v>1637</v>
       </c>
       <c r="J179" s="0" t="s">
-        <v>1623</v>
+        <v>1638</v>
       </c>
       <c r="K179" s="0" t="s">
-        <v>1624</v>
+        <v>1639</v>
       </c>
       <c r="L179" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M179" s="0" t="s">
         <v>1001</v>
       </c>
       <c r="N179" s="0" t="s">
         <v>36</v>
       </c>
       <c r="O179" s="0" t="s">
-        <v>1625</v>
+        <v>1640</v>
       </c>
       <c r="P179" s="0" t="s">
         <v>432</v>
       </c>
       <c r="Q179" s="0" t="s">
         <v>30</v>
       </c>
       <c r="R179" s="0" t="s">
         <v>30</v>
       </c>
       <c r="S179" s="0" t="s">
         <v>30</v>
       </c>
       <c r="T179" s="0" t="s">
         <v>30</v>
       </c>
       <c r="U179" s="0" t="s">
-        <v>1626</v>
+        <v>1641</v>
       </c>
       <c r="V179" s="0" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="W179" s="0" t="s">
-        <v>1627</v>
+        <v>1642</v>
       </c>
       <c r="X179" s="0" t="s">
-        <v>1628</v>
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E180" s="0" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F180" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G180" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H180" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I180" s="0" t="s">
+        <v>1648</v>
+      </c>
+      <c r="J180" s="0" t="s">
+        <v>1502</v>
+      </c>
+      <c r="K180" s="0" t="s">
+        <v>1649</v>
+      </c>
+      <c r="L180" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="M180" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="N180" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="O180" s="0" t="s">
+        <v>1650</v>
+      </c>
+      <c r="P180" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q180" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R180" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S180" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T180" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U180" s="0" t="s">
+        <v>1651</v>
+      </c>
+      <c r="V180" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="W180" s="0" t="s">
+        <v>1652</v>
+      </c>
+      <c r="X180" s="0" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E181" s="0" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F181" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="G181" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H181" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I181" s="0" t="s">
+        <v>1657</v>
+      </c>
+      <c r="J181" s="0" t="s">
+        <v>1658</v>
+      </c>
+      <c r="K181" s="0" t="s">
+        <v>1659</v>
+      </c>
+      <c r="L181" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="M181" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="N181" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="O181" s="0" t="s">
+        <v>1660</v>
+      </c>
+      <c r="P181" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q181" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R181" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S181" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T181" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U181" s="0" t="s">
+        <v>1660</v>
+      </c>
+      <c r="V181" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="W181" s="0" t="s">
+        <v>1661</v>
+      </c>
+      <c r="X181" s="0" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E182" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="F182" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G182" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H182" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I182" s="0" t="s">
+        <v>1666</v>
+      </c>
+      <c r="J182" s="0" t="s">
+        <v>1667</v>
+      </c>
+      <c r="K182" s="0" t="s">
+        <v>1668</v>
+      </c>
+      <c r="L182" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="M182" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="N182" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="O182" s="0" t="s">
+        <v>1669</v>
+      </c>
+      <c r="P182" s="0" t="s">
+        <v>1670</v>
+      </c>
+      <c r="Q182" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R182" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S182" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T182" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U182" s="0" t="s">
+        <v>1671</v>
+      </c>
+      <c r="V182" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="W182" s="0" t="s">
+        <v>1672</v>
+      </c>
+      <c r="X182" s="0" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D183" s="0" t="s">
+        <v>1676</v>
+      </c>
+      <c r="E183" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F183" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G183" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H183" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I183" s="0" t="s">
+        <v>1677</v>
+      </c>
+      <c r="J183" s="0" t="s">
+        <v>1678</v>
+      </c>
+      <c r="K183" s="0" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L183" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="M183" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="N183" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="O183" s="0" t="s">
+        <v>1349</v>
+      </c>
+      <c r="P183" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="Q183" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R183" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S183" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T183" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U183" s="0" t="s">
+        <v>1680</v>
+      </c>
+      <c r="V183" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="W183" s="0" t="s">
+        <v>1681</v>
+      </c>
+      <c r="X183" s="0" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E184" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="F184" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G184" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H184" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I184" s="0" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J184" s="0" t="s">
+        <v>1687</v>
+      </c>
+      <c r="K184" s="0" t="s">
+        <v>1688</v>
+      </c>
+      <c r="L184" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="M184" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="N184" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="O184" s="0" t="s">
+        <v>1689</v>
+      </c>
+      <c r="P184" s="0" t="s">
+        <v>1690</v>
+      </c>
+      <c r="Q184" s="0" t="s">
+        <v>1691</v>
+      </c>
+      <c r="R184" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="S184" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T184" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U184" s="0" t="s">
+        <v>1692</v>
+      </c>
+      <c r="V184" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="W184" s="0" t="s">
+        <v>1693</v>
+      </c>
+      <c r="X184" s="0" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>1697</v>
+      </c>
+      <c r="E185" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F185" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G185" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H185" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I185" s="0" t="s">
+        <v>1698</v>
+      </c>
+      <c r="J185" s="0" t="s">
+        <v>1699</v>
+      </c>
+      <c r="K185" s="0" t="s">
+        <v>1700</v>
+      </c>
+      <c r="L185" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="M185" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="N185" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="O185" s="0" t="s">
+        <v>828</v>
+      </c>
+      <c r="P185" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="Q185" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R185" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S185" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T185" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U185" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="V185" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="W185" s="0" t="s">
+        <v>1701</v>
+      </c>
+      <c r="X185" s="0" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>1705</v>
+      </c>
+      <c r="E186" s="0" t="s">
+        <v>1706</v>
+      </c>
+      <c r="F186" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G186" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H186" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I186" s="0" t="s">
+        <v>1707</v>
+      </c>
+      <c r="J186" s="0" t="s">
+        <v>1708</v>
+      </c>
+      <c r="K186" s="0" t="s">
+        <v>1709</v>
+      </c>
+      <c r="L186" s="0" t="s">
+        <v>1710</v>
+      </c>
+      <c r="M186" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="N186" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="O186" s="0" t="s">
+        <v>1711</v>
+      </c>
+      <c r="P186" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q186" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R186" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S186" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T186" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U186" s="0" t="s">
+        <v>1712</v>
+      </c>
+      <c r="V186" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="W186" s="0" t="s">
+        <v>1713</v>
+      </c>
+      <c r="X186" s="0" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D187" s="0" t="s">
+        <v>1705</v>
+      </c>
+      <c r="E187" s="0" t="s">
+        <v>1706</v>
+      </c>
+      <c r="F187" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G187" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H187" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I187" s="0" t="s">
+        <v>1716</v>
+      </c>
+      <c r="J187" s="0" t="s">
+        <v>1717</v>
+      </c>
+      <c r="K187" s="0" t="s">
+        <v>1718</v>
+      </c>
+      <c r="L187" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="M187" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="N187" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="O187" s="0" t="s">
+        <v>1711</v>
+      </c>
+      <c r="P187" s="0" t="s">
+        <v>1719</v>
+      </c>
+      <c r="Q187" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R187" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S187" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T187" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U187" s="0" t="s">
+        <v>1720</v>
+      </c>
+      <c r="V187" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="W187" s="0" t="s">
+        <v>1721</v>
+      </c>
+      <c r="X187" s="0" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>1722</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="E188" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F188" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G188" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H188" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I188" s="0" t="s">
+        <v>1723</v>
+      </c>
+      <c r="J188" s="0" t="s">
+        <v>1724</v>
+      </c>
+      <c r="K188" s="0" t="s">
+        <v>1725</v>
+      </c>
+      <c r="L188" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="M188" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="N188" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="O188" s="0" t="s">
+        <v>1726</v>
+      </c>
+      <c r="P188" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q188" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R188" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S188" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T188" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U188" s="0" t="s">
+        <v>1727</v>
+      </c>
+      <c r="V188" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="W188" s="0" t="s">
+        <v>1728</v>
+      </c>
+      <c r="X188" s="0" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D189" s="0" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E189" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F189" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G189" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H189" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I189" s="0" t="s">
+        <v>1733</v>
+      </c>
+      <c r="J189" s="0" t="s">
+        <v>1734</v>
+      </c>
+      <c r="K189" s="0" t="s">
+        <v>1735</v>
+      </c>
+      <c r="L189" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="M189" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="N189" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="O189" s="0" t="s">
+        <v>1736</v>
+      </c>
+      <c r="P189" s="0" t="s">
+        <v>1737</v>
+      </c>
+      <c r="Q189" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R189" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S189" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T189" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U189" s="0" t="s">
+        <v>1738</v>
+      </c>
+      <c r="V189" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="W189" s="0" t="s">
+        <v>1739</v>
+      </c>
+      <c r="X189" s="0" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D190" s="0" t="s">
+        <v>1743</v>
+      </c>
+      <c r="E190" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="F190" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G190" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H190" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I190" s="0" t="s">
+        <v>1744</v>
+      </c>
+      <c r="J190" s="0" t="s">
+        <v>1745</v>
+      </c>
+      <c r="K190" s="0" t="s">
+        <v>1746</v>
+      </c>
+      <c r="L190" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="M190" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="N190" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="O190" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="P190" s="0" t="s">
+        <v>1747</v>
+      </c>
+      <c r="Q190" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R190" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S190" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T190" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U190" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="V190" s="0" t="s">
+        <v>1747</v>
+      </c>
+      <c r="W190" s="0" t="s">
+        <v>1748</v>
+      </c>
+      <c r="X190" s="0" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D191" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="E191" s="0" t="s">
+        <v>1752</v>
+      </c>
+      <c r="F191" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G191" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H191" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="I191" s="0" t="s">
+        <v>1753</v>
+      </c>
+      <c r="J191" s="0" t="s">
+        <v>1754</v>
+      </c>
+      <c r="K191" s="0" t="s">
+        <v>1755</v>
+      </c>
+      <c r="L191" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="M191" s="0" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N191" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="O191" s="0" t="s">
+        <v>1756</v>
+      </c>
+      <c r="P191" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="Q191" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="R191" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="S191" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="T191" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="U191" s="0" t="s">
+        <v>1641</v>
+      </c>
+      <c r="V191" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="W191" s="0" t="s">
+        <v>1757</v>
+      </c>
+      <c r="X191" s="0" t="s">
+        <v>1673</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>