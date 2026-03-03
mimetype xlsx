--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -4,1582 +4,8199 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Registros" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1107" uniqueCount="1107">
+  <si>
+    <t>N#</t>
+  </si>
+  <si>
+    <t>REGISTRO SANITARIO</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE</t>
+  </si>
   <si>
     <t>NOMBRE DEL PRODUCTO</t>
   </si>
   <si>
     <t>SUSTANCIAS ACTIVAS</t>
   </si>
   <si>
-    <t>NOMBRE DEL TITULAR</t>
-[...36 lines deleted...]
-    <t>LATINO AMERICANA IMPORTADORA FARMACÉUTICA, S.A. DE C.V.,</t>
+    <t>LOTE</t>
+  </si>
+  <si>
+    <t>ESTATUS</t>
+  </si>
+  <si>
+    <t>FECHA</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>HN-M-0919-0044</t>
+  </si>
+  <si>
+    <t>ARSA-0619-R-0489</t>
+  </si>
+  <si>
+    <t>TIGOFAR 100 MCG. TABLETAS</t>
+  </si>
+  <si>
+    <t>LEVOTIROXINA SÓDICA</t>
+  </si>
+  <si>
+    <t>2106029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CANCELACIÓN </t>
+  </si>
+  <si>
+    <t>11/01/2023</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>HN-M-0518-0043</t>
+  </si>
+  <si>
+    <t>20441</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINADOL GOTAS NIÑOS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACETAMINOFÉN </t>
+  </si>
+  <si>
+    <t>G069019</t>
+  </si>
+  <si>
+    <t>22/05/2023</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>M-04560</t>
+  </si>
+  <si>
+    <t>07508</t>
+  </si>
+  <si>
+    <t>FILOVEX</t>
+  </si>
+  <si>
+    <t>ACICLOVIR</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>RE-ANALISIS</t>
+  </si>
+  <si>
+    <t>24/05/2023</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>HN-M-1220-0005</t>
+  </si>
+  <si>
+    <t>ARSA-0220-R-0828</t>
+  </si>
+  <si>
+    <t>ARA-C-ULTRA 40MG+5MG+12.5MG</t>
+  </si>
+  <si>
+    <t>OLMESARTAN MEDOXOMI+ AMLODIPINO(BESILATO) + HIDROCLOROTIAZIDA.</t>
+  </si>
+  <si>
+    <t>0696</t>
+  </si>
+  <si>
+    <t>29/05/2023</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>HN-M-1220-0006</t>
+  </si>
+  <si>
+    <t>ARSA-0220-R-0827</t>
+  </si>
+  <si>
+    <t>ARA-C-ULTRA 40MG+10MG+25MG</t>
+  </si>
+  <si>
+    <t>OLMESARTAN MEDOXOMI+ AMLODIPINO(BESILATO) + HIDROCLOROTIAZIDA</t>
+  </si>
+  <si>
+    <t>0698</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>HN-M-0319-0143</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ARSA-0219-R-0747</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> OLCARVECK A 20 MG/2.5 MG.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> OLMESARTÁN MEDOXOMIL + S-AMLODIPINO BESILATO</t>
+  </si>
+  <si>
+    <t>T13100120</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>RMH-F003005012000</t>
+  </si>
+  <si>
+    <t>8305-12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZORRITONE ANTIGRIPAL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACETAMINOFEN+CLORFENIRAMINA MALEATO+FENILEFRINA CLORHIDRATO </t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>HN-BT-0821-0001</t>
+  </si>
+  <si>
+    <t>20405</t>
+  </si>
+  <si>
+    <t>INSULEX R</t>
+  </si>
+  <si>
+    <t>INSULINA HUMANA (ADN RECOMBINATE)</t>
+  </si>
+  <si>
+    <t>S22A815</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>HN-M-0319-0162</t>
+  </si>
+  <si>
+    <t>ARSA-0219-R-0749</t>
+  </si>
+  <si>
+    <t>OLCARVECK A 40 MG/ 2.5 MG.</t>
+  </si>
+  <si>
+    <t>OLMESARTÁN MEDOXOMIL + S-AMLODIPINO.</t>
+  </si>
+  <si>
+    <t>T13200120</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>HN-M-1219-0017</t>
+  </si>
+  <si>
+    <t>ARSA-0819-R-0808</t>
+  </si>
+  <si>
+    <t>GLIMEPIRIDA 4</t>
+  </si>
+  <si>
+    <t>GLIMEPIRIDA</t>
+  </si>
+  <si>
+    <t>GMUO22102</t>
+  </si>
+  <si>
+    <t>7/06/2023</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>RMH-F064111072001</t>
+  </si>
+  <si>
+    <t>ARSA-0621-RM-0001</t>
+  </si>
+  <si>
+    <t>SECNIDAZOL ECOMED</t>
+  </si>
+  <si>
+    <t>SECNIDAZOL</t>
+  </si>
+  <si>
+    <t>10086</t>
+  </si>
+  <si>
+    <t>11/07/2023</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>HN-M-0319-0089</t>
+  </si>
+  <si>
+    <t>18054</t>
+  </si>
+  <si>
+    <t>MANITOL AL 20%</t>
+  </si>
+  <si>
+    <t>MANITOL</t>
+  </si>
+  <si>
+    <t>22010131</t>
+  </si>
+  <si>
+    <t>14/07/2023</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>HN-M-0220-0047</t>
+  </si>
+  <si>
+    <t>ARSA--119-R-0086</t>
+  </si>
+  <si>
+    <t>KETOROLACO 20 ADIUVO</t>
+  </si>
+  <si>
+    <t>KETOROLACO TROMETAMINA</t>
+  </si>
+  <si>
+    <t>T220077</t>
+  </si>
+  <si>
+    <t>27/07/2023</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0037</t>
+  </si>
+  <si>
+    <t>33239</t>
+  </si>
+  <si>
+    <t>LOMEB</t>
+  </si>
+  <si>
+    <t>MEBENDAZOL Y QUIMIFAMIDA</t>
+  </si>
+  <si>
+    <t>7597</t>
+  </si>
+  <si>
+    <t>7/08/2023</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>HN-M-0920-0063</t>
+  </si>
+  <si>
+    <t>19299</t>
+  </si>
+  <si>
+    <t>PHARMA AMBROXOL</t>
+  </si>
+  <si>
+    <t>AMBROXOL CLORHIDRATO</t>
+  </si>
+  <si>
+    <t>U-049</t>
+  </si>
+  <si>
+    <t>12/09/2023</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>HN-M-0119-0336</t>
+  </si>
+  <si>
+    <t>10471</t>
+  </si>
+  <si>
+    <t>METRODIN 125</t>
+  </si>
+  <si>
+    <t>METRONIDAZOL (BENZOIN)</t>
+  </si>
+  <si>
+    <t>362301</t>
+  </si>
+  <si>
+    <t>18/10/2023</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>HN-M-1017-0166</t>
+  </si>
+  <si>
+    <t>32687</t>
+  </si>
+  <si>
+    <t>MULTIDOL®</t>
+  </si>
+  <si>
+    <t>IBUPROFENO</t>
+  </si>
+  <si>
+    <t>059122</t>
+  </si>
+  <si>
+    <t>19/10/2023</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0094</t>
+  </si>
+  <si>
+    <t>22481</t>
+  </si>
+  <si>
+    <t>PHARMA METRONIDAZOL</t>
+  </si>
+  <si>
+    <t>METRONIDAZOL (BENZOILO)</t>
+  </si>
+  <si>
+    <t>V-081</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>HN-M-0821-0077</t>
+  </si>
+  <si>
+    <t>ARSA-0521-R-0559</t>
+  </si>
+  <si>
+    <t>BRONCOMED® D</t>
+  </si>
+  <si>
+    <t>DEXTROMETORFANO BROMOHIDRATO, GUAIFENESINA, MALEATO DE CLORFENIRAMINA, FENILEFRINA CLORHIDRATO</t>
+  </si>
+  <si>
+    <t>027768523</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>HN-M-0219-0064</t>
+  </si>
+  <si>
+    <t>ARSA-1118-R-0821</t>
+  </si>
+  <si>
+    <t>BILAXTEN 10MG COMPRIMIDOS BUCODISPERSABLES</t>
+  </si>
+  <si>
+    <t>BILASTINA</t>
+  </si>
+  <si>
+    <t>3041</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>HN-M-1221-0034</t>
+  </si>
+  <si>
+    <t>06248</t>
+  </si>
+  <si>
+    <t>Q-NISTATINA®</t>
+  </si>
+  <si>
+    <t>NISTATINA</t>
+  </si>
+  <si>
+    <t>LIQ22-107</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>M-22137</t>
+  </si>
+  <si>
+    <t>P46437</t>
+  </si>
+  <si>
+    <t>CARVEDILOL 25</t>
+  </si>
+  <si>
+    <t>CARVEDILOL</t>
+  </si>
+  <si>
+    <t>BN28H001</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>M-22240</t>
+  </si>
+  <si>
+    <t>P48388</t>
+  </si>
+  <si>
+    <t>ATORGRAS®</t>
+  </si>
+  <si>
+    <t>ATORVATASTINA (CALCICA)</t>
+  </si>
+  <si>
+    <t>426AZ08</t>
+  </si>
+  <si>
+    <t>20/10/2023</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>HN-M-0619-0120</t>
+  </si>
+  <si>
+    <t>ARSA-0319-R-0499</t>
+  </si>
+  <si>
+    <t>URO AXION®</t>
+  </si>
+  <si>
+    <t>NITROFURANTOINA + PROPINOX CLORHIDRATO</t>
+  </si>
+  <si>
+    <t>21060002</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>HN-M-0220-0097</t>
+  </si>
+  <si>
+    <t>ARSA-1119-R-0394</t>
+  </si>
+  <si>
+    <t>NEOGRIPAL® F</t>
+  </si>
+  <si>
+    <t>ACETAMINOFEN, LORATADINA, FENILEFRINA CLORHIDRATO USP.</t>
+  </si>
+  <si>
+    <t>134921</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>HN-M-0918-0091</t>
+  </si>
+  <si>
+    <t>ARSA-0418-R-0644</t>
+  </si>
+  <si>
+    <t>CANDESARTAN ANPHAR</t>
+  </si>
+  <si>
+    <t>CANDESARTAN CILEXETILO</t>
+  </si>
+  <si>
+    <t>CNS101</t>
+  </si>
+  <si>
+    <t>8/11/2023</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>HN-M-1222-0024</t>
+  </si>
+  <si>
+    <t>ARSA-0822-R-0580</t>
+  </si>
+  <si>
+    <t>ACYVAL® 500MG</t>
+  </si>
+  <si>
+    <t>VALPROATO DE SODIO</t>
+  </si>
+  <si>
+    <t>SOL23-169</t>
+  </si>
+  <si>
+    <t>4/12/2023</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>HN-M-1220-0012</t>
+  </si>
+  <si>
+    <t>ARSA-0920-R-1059</t>
+  </si>
+  <si>
+    <t>IPABROM SOLUCION.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IPABROM </t>
+  </si>
+  <si>
+    <t>1922203</t>
+  </si>
+  <si>
+    <t>7/02/2024</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>HN-M-0118-0022</t>
+  </si>
+  <si>
+    <t>P49777</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACETAMINOFÉN 500 ADIUVO </t>
+  </si>
+  <si>
+    <t>01UO12102</t>
+  </si>
+  <si>
+    <t>12/02/2024</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>DEXTROMETORFANO BROMOHIDRATO, GUAIFENESINA, MALEATO DE CLORFENIRAMINA, FENILEFRINA CLORHIDRATO.</t>
+  </si>
+  <si>
+    <t>097903723</t>
+  </si>
+  <si>
+    <t>19/02/2024</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>HN-M-0319-0189</t>
+  </si>
+  <si>
+    <t>18277</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATENOLOL-FS® </t>
+  </si>
+  <si>
+    <t>ATENOLOL</t>
+  </si>
+  <si>
+    <t>20H07</t>
+  </si>
+  <si>
+    <t>27/02/2024</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>RMH-37336-2020</t>
+  </si>
+  <si>
+    <t>ARSA-1020-RM-0053</t>
+  </si>
+  <si>
+    <t>MIGRALL®</t>
+  </si>
+  <si>
+    <t>CAFEÍNA ANHIDRA, PARACETAMOL, TARTRATO DE ERGOTAMINA</t>
+  </si>
+  <si>
+    <t>04902</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>HN-M-0521-0101</t>
+  </si>
+  <si>
+    <t>FILOVEX®</t>
+  </si>
+  <si>
+    <t>3101</t>
+  </si>
+  <si>
+    <t>1/03/2024</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>HN-M-1119-0028</t>
+  </si>
+  <si>
+    <t>ARSA-0719-R-0722</t>
+  </si>
+  <si>
+    <t>ZUGLID® MR</t>
+  </si>
+  <si>
+    <t>GLICAZIDA</t>
+  </si>
+  <si>
+    <t>H-06</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>RMH-PF-35859-2020</t>
+  </si>
+  <si>
+    <t>ARSA-0920-RM-0102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARCO® PULMIN </t>
+  </si>
+  <si>
+    <t>ACETAMINOFEN, CAFEINA, CLORHIDRATO DE FENILEFRINA, MALEATO DE CLORFENIRAMINA</t>
+  </si>
+  <si>
+    <t>10012</t>
+  </si>
+  <si>
+    <t>HN-M-0918-0065</t>
+  </si>
+  <si>
+    <t>P37854</t>
+  </si>
+  <si>
+    <t>ANDIFER® TF500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIERRO ELEMENTAL (AMINOQUELADO) + ACIDO FOLICO </t>
+  </si>
+  <si>
+    <t>127H21</t>
+  </si>
+  <si>
+    <t>8/04/2024</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>12/04/2024</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0317</t>
+  </si>
+  <si>
+    <t>14606</t>
+  </si>
+  <si>
+    <t>CICLOFERIN® IMED</t>
+  </si>
+  <si>
+    <t>LIQ22-026</t>
+  </si>
+  <si>
+    <t>3/05/2024</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0041</t>
+  </si>
+  <si>
+    <t>16115</t>
+  </si>
+  <si>
+    <t>FERBIO® FOL</t>
+  </si>
+  <si>
+    <t>HIERRO (COMPLEJO DE HIDROXIDO DE HIERRO POLIMALTOSADO) + ACIDO FOLICO</t>
+  </si>
+  <si>
+    <t>157722</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>HN-M-1017-0157</t>
+  </si>
+  <si>
+    <t>22633</t>
+  </si>
+  <si>
+    <t>CETRINE®</t>
+  </si>
+  <si>
+    <t>CETIRIZINA CLORHIDRATO</t>
+  </si>
+  <si>
+    <t>07522</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0390</t>
+  </si>
+  <si>
+    <t>22540</t>
+  </si>
+  <si>
+    <t>FLOCEL PLUS®</t>
+  </si>
+  <si>
+    <t>ACIDO ALENDRONICO (ALENDRONATO MONOSODICO) + VITAMINA D3 (COLECALCIFEROL)</t>
+  </si>
+  <si>
+    <t>NCRW</t>
+  </si>
+  <si>
+    <t>6/05/2024</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>HN-M-1017-0035</t>
+  </si>
+  <si>
+    <t>15876</t>
+  </si>
+  <si>
+    <t>LOPAR AD®</t>
+  </si>
+  <si>
+    <t>LOPERAMIDA CLORHIDRATO</t>
+  </si>
+  <si>
+    <t>LOPT0722007</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>HN-M-1017-0074</t>
+  </si>
+  <si>
+    <t>35018</t>
+  </si>
+  <si>
+    <t>CARDIOVAL® HCT 160/12,5</t>
+  </si>
+  <si>
+    <t>VALSARTAN + HIDROCLOROTIAZIDA</t>
+  </si>
+  <si>
+    <t>22002</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0166</t>
+  </si>
+  <si>
+    <t>P51367</t>
+  </si>
+  <si>
+    <t>ALBENDAZOL ANPHAR</t>
+  </si>
+  <si>
+    <t>ALBENDAZOL</t>
+  </si>
+  <si>
+    <t>M-18193</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>HN-M-0821-0078</t>
+  </si>
+  <si>
+    <t>P44279</t>
+  </si>
+  <si>
+    <t>FENAXX® XR</t>
+  </si>
+  <si>
+    <t>DICLOFENACO POTASICO</t>
+  </si>
+  <si>
+    <t>034I22</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>HN-M-0422-0112</t>
+  </si>
+  <si>
+    <t>03736</t>
+  </si>
+  <si>
+    <t>Q-ASCORVITE®</t>
+  </si>
+  <si>
+    <t>ACIDO ASCORBICO</t>
+  </si>
+  <si>
+    <t>LIQ22-063</t>
+  </si>
+  <si>
+    <t>10/05/2024</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>HN-M-0422-0046</t>
+  </si>
+  <si>
+    <t>ARSA-1021-R-0616</t>
+  </si>
+  <si>
+    <t>CARBAMACEPINA (*) IMED</t>
+  </si>
+  <si>
+    <t>CARBAMAZEPINA</t>
+  </si>
+  <si>
+    <t>SOL23-109</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>W-092</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0298</t>
+  </si>
+  <si>
+    <t>13776</t>
+  </si>
+  <si>
+    <t>CARDISPAN</t>
+  </si>
+  <si>
+    <t>LEVOCARNITINA</t>
+  </si>
+  <si>
+    <t>403941</t>
+  </si>
+  <si>
+    <t>13/05/2024</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>HN-M-0718-0084</t>
+  </si>
+  <si>
+    <t>32765</t>
+  </si>
+  <si>
+    <t>TIROIDEX® IMED</t>
+  </si>
+  <si>
+    <t>SOL23-156</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>HN-M-0118-0023</t>
+  </si>
+  <si>
+    <t>ARSA-0817-R-0148</t>
+  </si>
+  <si>
+    <t>NODOR® ICE EXTRA FUERTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SALICILATO DE METILO </t>
+  </si>
+  <si>
+    <t>057590822</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>HN-M-1017-0113</t>
+  </si>
+  <si>
+    <t>08635</t>
+  </si>
+  <si>
+    <t>TEBOKAN®</t>
+  </si>
+  <si>
+    <t>EXTRACTO DE GINKGO BILOBA</t>
+  </si>
+  <si>
+    <t>17642</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0441</t>
+  </si>
+  <si>
+    <t>33810</t>
+  </si>
+  <si>
+    <t>PRALOK</t>
+  </si>
+  <si>
+    <t>ESOMEPRAZOL (TRIHIDRATO MAGNESIO)</t>
+  </si>
+  <si>
+    <t>ESO4 0922 10</t>
+  </si>
+  <si>
+    <t>14/05/2024</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>HN-M-0522-0083</t>
+  </si>
+  <si>
+    <t>22147</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEXATOBRIMIN® </t>
+  </si>
+  <si>
+    <t>TOBRAMICINA SULFATO + DEXAMETASONA</t>
+  </si>
+  <si>
+    <t>23677.2</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0370</t>
+  </si>
+  <si>
+    <t>35300</t>
+  </si>
+  <si>
+    <t>RAYO® BALSAMO ANALGESICO</t>
+  </si>
+  <si>
+    <t>SALICILATO DE METILO + MENTOL</t>
+  </si>
+  <si>
+    <t>NAN 09/06/22-01</t>
+  </si>
+  <si>
+    <t>29/05/2024</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>HN-M-0622-0038</t>
+  </si>
+  <si>
+    <t>13541-A</t>
+  </si>
+  <si>
+    <t>BENZAC MR AC</t>
+  </si>
+  <si>
+    <t>PEROXIDO DE BENZOILO</t>
+  </si>
+  <si>
+    <t>2021252</t>
+  </si>
+  <si>
+    <t>6/09/2024</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0012</t>
+  </si>
+  <si>
+    <t>P53179</t>
+  </si>
+  <si>
+    <t>CAOLIN PECTINA COMPUESTO</t>
+  </si>
+  <si>
+    <t>CAOLIN COLOIDAL + PECTINA CITRICA+FURAZOLIDONA</t>
+  </si>
+  <si>
+    <t>130G22</t>
+  </si>
+  <si>
+    <t>29/10/2024</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>RMH-PF-39641-2017</t>
+  </si>
+  <si>
+    <t>RM9018-13</t>
+  </si>
+  <si>
+    <t>RUBRAVIDA®</t>
+  </si>
+  <si>
+    <t>CIANOCOBALAMINA, CLORHIDRATO DE PIRIDOXINA, CLORHIDRATO DE TIAMINA, RIBOFLAVINA.</t>
+  </si>
+  <si>
+    <t>09237</t>
+  </si>
+  <si>
+    <t>31/10/2024</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>HN-M-1218-0098</t>
+  </si>
+  <si>
+    <t>P51331</t>
+  </si>
+  <si>
+    <t>LOPERAMIDA TABLETAS 2 MG</t>
+  </si>
+  <si>
+    <t>LOPERAMIDA</t>
+  </si>
+  <si>
+    <t>B126</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0043</t>
+  </si>
+  <si>
+    <t>24033</t>
+  </si>
+  <si>
+    <t>CETRILER®</t>
+  </si>
+  <si>
+    <t>CETIRIZINA DICLORHIDRATO</t>
+  </si>
+  <si>
+    <t>18629</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>HN-M-0918-0088</t>
+  </si>
+  <si>
+    <t>ARSA-0518-R-0351</t>
+  </si>
+  <si>
+    <t>SILDENAFIL CITRATO</t>
+  </si>
+  <si>
+    <t>SILDENAFIL (CITRATO)</t>
+  </si>
+  <si>
+    <t>S006D22</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0079</t>
+  </si>
+  <si>
+    <t>P37858</t>
+  </si>
+  <si>
+    <t>T041C22</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>HN-M-1023-0020</t>
+  </si>
+  <si>
+    <t>ARSA-0623-R-0745</t>
+  </si>
+  <si>
+    <t>RAYO® ALIVIO MANZANILLA</t>
+  </si>
+  <si>
+    <t>ALCANFOR + MENTOL</t>
+  </si>
+  <si>
+    <t>MAN 07/03/2024-01</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>HN-M-1023-0041</t>
+  </si>
+  <si>
+    <t>ARSA-0623-R-0740</t>
+  </si>
+  <si>
+    <t>RAYO ACTIVO HEAT</t>
+  </si>
+  <si>
+    <t>MAN 24/02/24-01</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>RMH-PF-53521</t>
+  </si>
+  <si>
+    <t>ARSA-0817-RM-0040</t>
+  </si>
+  <si>
+    <t>NOVOFAXIN® XR</t>
+  </si>
+  <si>
+    <t>DESVENLAFAXINA (SUCCINATO)</t>
+  </si>
+  <si>
+    <t>C0298</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>HN-M-1222-0076</t>
+  </si>
+  <si>
+    <t>ARSA-1022-R-0014</t>
+  </si>
+  <si>
+    <t>DICLOFENACO POTASICO ANH 50 MG</t>
+  </si>
+  <si>
+    <t>T230301</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>HN-M-0318-0109</t>
+  </si>
+  <si>
+    <t>23101</t>
+  </si>
+  <si>
+    <t>DOLISIL®</t>
+  </si>
+  <si>
+    <t>24050054</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>HN-M-1118-0190</t>
+  </si>
+  <si>
+    <t>ARSA-0818-R-0042</t>
+  </si>
+  <si>
+    <t>AMLOCARD® PLUS 10MG/40MG</t>
+  </si>
+  <si>
+    <t>AMLODIPINO BESILATO + OLMESARTAN MEDOXOMIL</t>
+  </si>
+  <si>
+    <t>23060028</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>HN-M-1118-0192</t>
+  </si>
+  <si>
+    <t>ARSA-0818-R-0044</t>
+  </si>
+  <si>
+    <t>AMLOCARD® PLUS 5MG/20MG</t>
+  </si>
+  <si>
+    <t>AMLODIPINO BESILATO + OLMESARTÁN MEDOXOMIL</t>
+  </si>
+  <si>
+    <t>23060037</t>
+  </si>
+  <si>
+    <t>22/11/2024</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0289</t>
+  </si>
+  <si>
+    <t>ARSA-1217-R-0248</t>
+  </si>
+  <si>
+    <t>PENTASA® 1G</t>
+  </si>
+  <si>
+    <t>MESALAZINA</t>
+  </si>
+  <si>
+    <t>V15272E</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>HN-M-1023-0062</t>
+  </si>
+  <si>
+    <t>ARSA-0523-R-2006</t>
+  </si>
+  <si>
+    <t>CIPROFLOXACINA ANH 500 MG</t>
+  </si>
+  <si>
+    <t>CIPROFLOXACINA (CLORHIDRATO)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">101 302 L </t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>RMH-F-082205092001</t>
+  </si>
+  <si>
+    <t>ARSA-0321-RM-0017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZOXANID® </t>
+  </si>
+  <si>
+    <t>NITAZOXANIDA</t>
+  </si>
+  <si>
+    <t>0034143</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>HN-M-1122-0043</t>
+  </si>
+  <si>
+    <t>ARSA-1022-R-0028</t>
+  </si>
+  <si>
+    <t>AMOXICILINA ANH 500MG</t>
+  </si>
+  <si>
+    <t>AMOXICILINA (CLORHIDRATO)</t>
+  </si>
+  <si>
+    <t>SC23025B</t>
+  </si>
+  <si>
+    <t>29/11/2024</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>HN-M-1222-0015</t>
+  </si>
+  <si>
+    <t>ARSA-0922-R-0976</t>
+  </si>
+  <si>
+    <t>IBUPROFENO ANH 400MG</t>
+  </si>
+  <si>
+    <t>T108303A</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0263</t>
+  </si>
+  <si>
+    <t>31536</t>
+  </si>
+  <si>
+    <t>BACTIFIN PLUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMOXICILINA (TRIHIDRATO)+ ACIDO CLAVULANICO (CLAVULANATO DE POTASIO) </t>
+  </si>
+  <si>
+    <t>AMC8 0823 15</t>
+  </si>
+  <si>
+    <t>18/12/2024</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>RMH-PF-16985-2020</t>
+  </si>
+  <si>
+    <t>ARSA-0121-RM-0020</t>
+  </si>
+  <si>
+    <t>OFTISOL CLODEX</t>
+  </si>
+  <si>
+    <t>CLORANFENICOL LEVOGIRO + DEXAMETASONA FOSFATO SODICO</t>
+  </si>
+  <si>
+    <t>E1023121</t>
+  </si>
+  <si>
+    <t>8/01/2025</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>HN-M-1122-0054</t>
+  </si>
+  <si>
+    <t>ARSA-0922-R-0802</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMOXICILINA +  ACIDO CLAVULANICO ANH 250 MG + 62,50 MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMOXICILINA (TRIHIDRATO) + ACIDO CLAVULANICO (CLAVULANATO DE POTASIO). </t>
+  </si>
+  <si>
+    <t>SD23210</t>
+  </si>
+  <si>
+    <t>9/01/2025</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>HN-M-1023-0026</t>
+  </si>
+  <si>
+    <t>ARSA-0623-R-0389</t>
+  </si>
+  <si>
+    <t>LOSARTAN POTASICO ANH 100 MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOSARTÁN POTÁSICO </t>
+  </si>
+  <si>
+    <t>T136401A</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>HN-M-1023-0061</t>
+  </si>
+  <si>
+    <t>ARSA-0623-R-0396</t>
+  </si>
+  <si>
+    <t>ATENOLOL ANH 100 MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">182 401 L </t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>HN-M-0923-0070</t>
+  </si>
+  <si>
+    <t>ARSA-0623-R-0388</t>
+  </si>
+  <si>
+    <t>LOSARTAN POTASICO ANH 50 MG</t>
+  </si>
+  <si>
+    <t>LOSARTAN POTASICO</t>
+  </si>
+  <si>
+    <t>T135401</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>ARSA-0523-R-2004</t>
+  </si>
+  <si>
+    <t>DEXAMETASONA ANH 0.5 MG</t>
+  </si>
+  <si>
+    <t>DEXAMETASONA</t>
+  </si>
+  <si>
+    <t>092 401 L</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>HN-M-1023-0025</t>
+  </si>
+  <si>
+    <t>ARSA-0623-R-0422</t>
+  </si>
+  <si>
+    <t>CLORFENIRAMINA MALEATO ANH 4 MG</t>
+  </si>
+  <si>
+    <t>CLORFENIRAMINA MALEATO</t>
+  </si>
+  <si>
+    <t>T144401</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>IBUPROFENO ANH 400 MG</t>
+  </si>
+  <si>
+    <t>LATINOAMERICANA IMPORTADORA FARMACEUTICA S.A. DE C.V.</t>
+  </si>
+  <si>
+    <t>84</t>
   </si>
   <si>
     <t>FABAMOX DÚO 1 G</t>
   </si>
   <si>
-    <t xml:space="preserve">AMOXICILINA (TRIHIDRATO) + ACIDO CLAVULANICO (SAL POTÁSICA).
-[...6 lines deleted...]
-    <t>03-01-2025</t>
+    <t>ARSA-0218-R-0036</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0368</t>
+  </si>
+  <si>
+    <t>AMOXICILINA (TRIHIDRATO) + ACIDO CLAVULANICO (SAL POTASICA)</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>3/01/2025</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>HN-M-1023-0002</t>
+  </si>
+  <si>
+    <t>ARSA-0523-R-2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMLODIPINA ANH 5 MG </t>
+  </si>
+  <si>
+    <t>AMLODIPINA BESILATO</t>
+  </si>
+  <si>
+    <t>142 401 L</t>
+  </si>
+  <si>
+    <t>6/02/2025</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>HN-M-1218-0135</t>
+  </si>
+  <si>
+    <t>P37550</t>
+  </si>
+  <si>
+    <t>ROVARTAL 10</t>
+  </si>
+  <si>
+    <t>ROSUVASTATINA CALCICA</t>
+  </si>
+  <si>
+    <t>230169C</t>
+  </si>
+  <si>
+    <t>7/02/2025</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>HN-M-0522-0135</t>
+  </si>
+  <si>
+    <t>28630</t>
   </si>
   <si>
     <t>OXYGENOR</t>
   </si>
   <si>
     <t>NIMODIPINO</t>
   </si>
   <si>
-    <t>LABORATORIOS QUIMIFAR S.A. DE C.V. , HONDURAS</t>
-[...2 lines deleted...]
-    <t>7/2/2025</t>
+    <t>SOL22-199</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ARSA-1022-R-0028</t>
+  </si>
+  <si>
+    <t>AMOXICILINA ANH 500 MG CÁPSULAS DE GELATINA DURA</t>
+  </si>
+  <si>
+    <t>AMOXICILINA (TRIHIDRATO)</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>HN-M-0923-0071</t>
+  </si>
+  <si>
+    <t>ARSA-0423-R-0474</t>
   </si>
   <si>
     <t>GEL NODOR ICE TRIPLE ACCIÓN ROLL ON</t>
   </si>
   <si>
-    <t xml:space="preserve"> SALICILATO DE METILO, MENTOL, ALCANFOR</t>
-[...13 lines deleted...]
-</t>
+    <t>SALICILATO DE METILO, MENTOL, ALCANFOR</t>
+  </si>
+  <si>
+    <t>127966523</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>HN-M-0917-0019</t>
+  </si>
+  <si>
+    <t>P47571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOLO- FLEX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MELOXICAM + GLUCOSAMINA SULFATO </t>
+  </si>
+  <si>
+    <t>22050160</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>HN-M-0119-0107</t>
+  </si>
+  <si>
+    <t>01927</t>
   </si>
   <si>
     <t>VENODEX-B</t>
   </si>
   <si>
     <t>TIAMINA CLORHIDRATO, NICOTINAMIDA, RIBOFLAVINA, PIRIDOXINA CLORHIDRATO, DEXTROSA MONOHIDRATADA</t>
   </si>
   <si>
-    <t>10/2/2025</t>
+    <t>24010076</t>
+  </si>
+  <si>
+    <t>10/02/2025</t>
+  </si>
+  <si>
+    <t>92</t>
   </si>
   <si>
     <t>ZUGLID MR</t>
   </si>
   <si>
-    <t>GLICLAZIDA</t>
-[...2 lines deleted...]
-    <t>BENESSI, HONDURAS</t>
+    <t>H-28</t>
   </si>
   <si>
     <t>19/02/2025</t>
   </si>
   <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>HN-M-0818-081</t>
+  </si>
+  <si>
+    <t>23725</t>
+  </si>
+  <si>
+    <t>DICLOFENACO POTASICO CALOX</t>
+  </si>
+  <si>
+    <t>171223</t>
+  </si>
+  <si>
+    <t>20/02/2025</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>HN-M-1023-0063</t>
+  </si>
+  <si>
+    <t>ARSA-0623-R-0379</t>
+  </si>
+  <si>
+    <t>CARBAMAZEPINA ANH 200 MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">085 4021 </t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>HN-M-0318-0049</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
     <t xml:space="preserve">FINEURON 25,000 </t>
   </si>
   <si>
-    <t>CLORHIDRATO DE PIRIDOXINA, CLORHIDRATO DE TIAMINA, VITAMINA B12</t>
-[...29 lines deleted...]
-    <t>BRONCO BACTRIZOLE.</t>
+    <t>CLORHIDRATO DE PIRIDOXINA, CLORHIDRATO DE TIAMINA, VITAMINA B12.</t>
+  </si>
+  <si>
+    <t>23030031</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>HN-M-0322-0114</t>
+  </si>
+  <si>
+    <t>P47997</t>
+  </si>
+  <si>
+    <t>INOXTAR 400 MG COMPRIMIDOS RECUBIERTOS.</t>
+  </si>
+  <si>
+    <t>PAZOPANIB (COMO CLORHIDRATO)</t>
+  </si>
+  <si>
+    <t>336A0015-1</t>
+  </si>
+  <si>
+    <t>4/03/2025</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>RMH-PF-55111</t>
+  </si>
+  <si>
+    <t>ARSA-1023-RM-0037</t>
+  </si>
+  <si>
+    <t>DONOSARTAN HCT 16 mg/12.5 mg COMPRIMIDOS RECUBIERTOS</t>
+  </si>
+  <si>
+    <t>CANDESARTAN CILEXETILO, HIDROCLOROTIAZIDA</t>
+  </si>
+  <si>
+    <t>231757</t>
+  </si>
+  <si>
+    <t>5/03/2025</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>HN-M-1022-0046</t>
+  </si>
+  <si>
+    <t>ARSA-0722-R-0602</t>
+  </si>
+  <si>
+    <t>ACETAMINOFEN CAPSULAS 500MG</t>
+  </si>
+  <si>
+    <t>ACETAMINOFEN</t>
+  </si>
+  <si>
+    <t>OHS23038</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>HN-M-0119-0078</t>
+  </si>
+  <si>
+    <t>ARSA-0918-R-0094</t>
+  </si>
+  <si>
+    <t>SECNIDAZOL 500 MG TABLETAS RECUBIERTAS</t>
+  </si>
+  <si>
+    <t>SEC5 0623 302</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>HN-M-0918-0068</t>
+  </si>
+  <si>
+    <t>P37637</t>
+  </si>
+  <si>
+    <t>BRONCO BACTRIZOLE</t>
   </si>
   <si>
     <t>SULFAMETOXAZOL, TRIMETOPRIM, CLORHIDRATO DE BROMHEXINA Y BROMHIDRATO DE DEXTROMETORFAN</t>
   </si>
   <si>
-    <t>ACROMAX DOMINICANA S.A., REPÚBLICA DOMINICANA</t>
+    <t>24065.3</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>HN-M-0124-0076</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ARSA-1223-R-0201</t>
+  </si>
+  <si>
+    <t>PLUSONE -D (LEVONORGESTREL TABLETAS BP 1.5 MG)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> LEVONORGESTREL BP</t>
+  </si>
+  <si>
+    <t>EXFHT-015</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>HN-M-0318-0131</t>
+  </si>
+  <si>
+    <t>33096</t>
+  </si>
+  <si>
+    <t>BODIFLEX PLUS COMPUESTO</t>
+  </si>
+  <si>
+    <t>CARISOPRODOL, NAPROXENO SÓDICO</t>
+  </si>
+  <si>
+    <t>23060010</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0292</t>
+  </si>
+  <si>
+    <t>24037</t>
+  </si>
+  <si>
+    <t>ATEROSTOP</t>
+  </si>
+  <si>
+    <t>ATORVASTATINA</t>
+  </si>
+  <si>
+    <t>23060007</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>HN-M-0821-0039</t>
+  </si>
+  <si>
+    <t>ARSA-0521-R-0165</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DICLOFENACO 9/5 </t>
+  </si>
+  <si>
+    <t>DICLOFENACO SÓDICO</t>
+  </si>
+  <si>
+    <t>DFL-2201</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0166</t>
+  </si>
+  <si>
+    <t>36615</t>
   </si>
   <si>
     <t>AMIODARONA 200MG SWISSFARM</t>
   </si>
   <si>
     <t>AMIODARONA CLORHIDRATO</t>
   </si>
   <si>
-    <t xml:space="preserve">INTERNATIONAL RESEARCH BRANDS CORP, PANAMÁ
-</t>
+    <t>3308585</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>RMH-PF-33594-2023</t>
+  </si>
+  <si>
+    <t>12535-16</t>
   </si>
   <si>
     <t>DOLO NERVIDOCE SOLUCIÓN INYECTABLE</t>
   </si>
   <si>
-    <t>TIAMINA CLORHIDRATO, PIRIDOXINA CLORHIDRATO, CIANOCOBALAMINA Y DICLOFENACO SÓDICO</t>
-[...3 lines deleted...]
-</t>
+    <t>TIAMINA CLORHIDRATO, PIRIDOXINA CLORHIDRATO, CIANOCOBALAMINA Y DICLOFENACO SODICO.</t>
+  </si>
+  <si>
+    <t>LOTE: 236066 Y LOTE: 236067</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>HN-M-0518-0186</t>
+  </si>
+  <si>
+    <t>ARSA-1117-R-0584</t>
   </si>
   <si>
     <t>LORATADINA 5MG/5ML</t>
   </si>
   <si>
     <t>LORATADINA USP</t>
   </si>
   <si>
-    <t xml:space="preserve"> FLAGSHIP BIOTECH INTERNATIONAL PVT. LTD., INDIA</t>
-[...2 lines deleted...]
-    <t>6/3/2025</t>
+    <t>ES1424001</t>
+  </si>
+  <si>
+    <t>6/03/2025</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>RMH-19071</t>
+  </si>
+  <si>
+    <t>ARSA-0917-RM-0046</t>
+  </si>
+  <si>
+    <t>ULTRADOCEPLEX SOLUCIÓN INYECTABLE</t>
+  </si>
+  <si>
+    <t>TIAMINA CLORHIDRATO(VITAMINA B1), PIRIDOXINA CLORHIDRATO (VITAMINAB6), CIANOCOBALAMINA (VITAMINA B12), PANGAMATO DE SODIO</t>
+  </si>
+  <si>
+    <t>LOTE 1: 22134A / LOTE 2: 221133A</t>
+  </si>
+  <si>
+    <t>109</t>
   </si>
   <si>
     <t>ARCOPULMIN CAPLETS</t>
   </si>
   <si>
-    <t>ACETAMINOFÉN, CAFEÍNA, CLORHIDRATO DE FENILEFRINA, MALEATO DE CLORFENIRAMINA</t>
-[...15 lines deleted...]
-    <t>METFORMINA CLORHIDRATO ANH 850 MG.</t>
+    <t>07326</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>HN-M-0422-0066</t>
+  </si>
+  <si>
+    <t>27223</t>
+  </si>
+  <si>
+    <t>DOLOBENEURAL</t>
+  </si>
+  <si>
+    <t>AMPOLLA I: VITAMINA B1, VITAMINA B6, VITAMINA B12. AMPOLLA II: DICLOFENACO SODICO</t>
+  </si>
+  <si>
+    <t>LOTE 1: 23475.2 / LOTE 2: 23471.2</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0402</t>
+  </si>
+  <si>
+    <t>ARSA-0318-R-0411</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIFEDIPINA 20 SR ADIUVO </t>
+  </si>
+  <si>
+    <t>NIFEDIPINA</t>
+  </si>
+  <si>
+    <t>3E03287</t>
+  </si>
+  <si>
+    <t>11/03/2025</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>HN-M-1023-0064</t>
+  </si>
+  <si>
+    <t>ARSA-0623-R-0384</t>
+  </si>
+  <si>
+    <t>METFORMINA CLORHIDRATO ANH 850 MG</t>
   </si>
   <si>
     <t>METFORMINA CLORHIDRATO</t>
   </si>
   <si>
-    <t xml:space="preserve">LATINOAMERICANA IMPORTADORA FARMACÉUTICA S.A. , HONDURAS
-[...3 lines deleted...]
-    <t>11/3/2025</t>
+    <t>T120401</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>HN-C-00419-0014</t>
+  </si>
+  <si>
+    <t>04493</t>
+  </si>
+  <si>
+    <t>DERMACARE JABÓN DE AZUFRE Y ACIDO SALICILICO</t>
+  </si>
+  <si>
+    <t>AZUFRE + ACIDO SALICILICO</t>
+  </si>
+  <si>
+    <t>010324-JAA</t>
+  </si>
+  <si>
+    <t>19/03/2025</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0225</t>
+  </si>
+  <si>
+    <t>ARSA-0118-R-0177</t>
   </si>
   <si>
     <t>BETAFARM</t>
   </si>
   <si>
     <t>BETAMETASONA VALERATO</t>
   </si>
   <si>
-    <t xml:space="preserve">COSMETICA INTERNACIONAL S.A. DE C.V. (COINSA), HONDURAS
-[...14 lines deleted...]
-</t>
+    <t>017976124</t>
+  </si>
+  <si>
+    <t>6/05/2025</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>HN-M-0920-0033</t>
+  </si>
+  <si>
+    <t>ARSA-0220-R-0817</t>
+  </si>
+  <si>
+    <t>TIGECICLINA 50 MG</t>
+  </si>
+  <si>
+    <t>TIGECICLINA</t>
+  </si>
+  <si>
+    <t>TG5012401</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>HN-M-0518-0013</t>
+  </si>
+  <si>
+    <t>ARSA-0817-R-0151</t>
+  </si>
+  <si>
+    <t>BETAFARM CORT CREMA</t>
+  </si>
+  <si>
+    <t>HIDROCORTISONA</t>
+  </si>
+  <si>
+    <t>037776723</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0224</t>
+  </si>
+  <si>
+    <t>ARSA-0118-R-0179</t>
+  </si>
+  <si>
+    <t>BETAFARM TRI CREMA.</t>
+  </si>
+  <si>
+    <t>CLOTRIMAZOL + NEOMICINA SULFATO + BETAMETASONA VALERATO</t>
+  </si>
+  <si>
+    <t>117950823</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>HN-M-0418-0052</t>
+  </si>
+  <si>
+    <t>208</t>
   </si>
   <si>
     <t>COMPLEJO B</t>
   </si>
   <si>
-    <t>VITAMINA B1(TIAMINA CLORHIDRATO), VITAMINA B6 (PIRIDOXINA CLORHIDRATO), VITAMINA B2(RIBOFLAVINA 5 FOSFATO), NIACINAMIDA Y PANTENOL</t>
-[...3 lines deleted...]
-</t>
+    <t>VITAMINA B1(TIAMINA CLORHIDRATO), VITAMINA B6 (PIRIDOXINA CLORHIDRATO), VITAMINA B2(RIBOFLAVINA 5 FOSFATO), NIACINAMIDA Y PANTENOL.</t>
+  </si>
+  <si>
+    <t>23030014</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0422</t>
+  </si>
+  <si>
+    <t>16116</t>
   </si>
   <si>
     <t>FERBIO FOL</t>
   </si>
   <si>
-    <t>COMPLEJO DE HIDRÓXIDO DE HIERRO POLIMALTOSADO (EQUIVALENTE A HIERRO) / ÁCIDO FÓLICO</t>
-[...3 lines deleted...]
-</t>
+    <t>COMPLEJO DE HIDROXIDO DE HIERRO POLIMALTOSADO (EQUIVALENTE A HIERRO) / ACIDO FOLICO</t>
+  </si>
+  <si>
+    <t>037523</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>HN-M-0119-0155</t>
+  </si>
+  <si>
+    <t>ARSA-0918-R-1052</t>
   </si>
   <si>
     <t>CORAVAX</t>
   </si>
   <si>
-    <t>IRBESARTÁN</t>
-[...14 lines deleted...]
-</t>
+    <t>IRBESARTAN</t>
+  </si>
+  <si>
+    <t>231020</t>
+  </si>
+  <si>
+    <t>7/05/2025</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0266</t>
+  </si>
+  <si>
+    <t>ARSA-118-R-0176</t>
+  </si>
+  <si>
+    <t>FUNGIMAX TRIO</t>
+  </si>
+  <si>
+    <t>BETAMETASONA VALERATO+ NEOMICINA SULFATO + CLOTRIMAZOL</t>
+  </si>
+  <si>
+    <t>087888623</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>HN-M-1023-0084</t>
+  </si>
+  <si>
+    <t>ARSA-0523-R-0261</t>
   </si>
   <si>
     <t>FUCIFARM CORT</t>
   </si>
   <si>
-    <t>ÁCIDO FUSÍDICO, BETAMETASONA VALERATO</t>
-[...5 lines deleted...]
-    <t>DEXTROMETORFANO BROMOHIDRATO, GUAIFENESINA, MALEATO DE CLORFENIRAMINA, FENILEFRINA CLORHIDRATO</t>
+    <t xml:space="preserve">ÁCIDO FUSIDICO, BETAMETASONA VALERATO </t>
+  </si>
+  <si>
+    <t>127959923</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>HN-M-0619-0104</t>
+  </si>
+  <si>
+    <t>18303</t>
+  </si>
+  <si>
+    <t>TYLENOL PEDIATRICO</t>
+  </si>
+  <si>
+    <t>PARACETAMOL</t>
+  </si>
+  <si>
+    <t>AV2520</t>
+  </si>
+  <si>
+    <t>29/05/2025</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>HN-M-0619-0086</t>
+  </si>
+  <si>
+    <t>18302</t>
+  </si>
+  <si>
+    <t>TYLENOL INFANTIL</t>
+  </si>
+  <si>
+    <t>AU9883</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>HN-M-0519-0051</t>
+  </si>
+  <si>
+    <t>ARSA-0319-R-0733</t>
+  </si>
+  <si>
+    <t>TRIMETOPRIM CON SULFAMETOXAZOL (COTRIMOXAZOL), 40MG+20MG/5ML.</t>
+  </si>
+  <si>
+    <t>TRIMETOPRIM CON SULFAMETOXAZOL (COTRIMOXAZOL).</t>
+  </si>
+  <si>
+    <t>T-156001</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>HN-M-0319-0027</t>
+  </si>
+  <si>
+    <t>ARSA-0119-R-0442</t>
+  </si>
+  <si>
+    <t>AMITRIPTILINA 25</t>
+  </si>
+  <si>
+    <t>AMITRIPTILINA CLORHIDRATO</t>
+  </si>
+  <si>
+    <t>AIBO22301</t>
+  </si>
+  <si>
+    <t>17/06/2025</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>HN-M-0224-0076</t>
+  </si>
+  <si>
+    <t>ARSA-1123-R-0274</t>
+  </si>
+  <si>
+    <t>VASCUTAN</t>
+  </si>
+  <si>
+    <t>T240090</t>
+  </si>
+  <si>
+    <t>24/06/2025</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>RMH-23715</t>
+  </si>
+  <si>
+    <t>ARSA-0518-RM-0064</t>
+  </si>
+  <si>
+    <t>RABANO YODADO S&amp;M 0.65mg/3.00mg SOLUCION</t>
+  </si>
+  <si>
+    <t>YODO METALICO, YODURO DE POTASIO</t>
+  </si>
+  <si>
+    <t>2306081</t>
+  </si>
+  <si>
+    <t>25/06/2025</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>RMH-PF-55312</t>
+  </si>
+  <si>
+    <t>ARSA-1123-RM-0049</t>
+  </si>
+  <si>
+    <t>DONOSARTAN HCT 32mg/25mg COMPRIMIDO RECUBIERTO</t>
+  </si>
+  <si>
+    <t>231524</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>HN-M-0522-0102</t>
+  </si>
+  <si>
+    <t>ARSA-0323-R-0141</t>
+  </si>
+  <si>
+    <t>FUNGIDERM</t>
+  </si>
+  <si>
+    <t>BETAMETASONA VALERATO, GENTAMICINA COMO SULFATO, IODOCLOROHIDROXIQUINOLEINA, TOLNAFTATO</t>
+  </si>
+  <si>
+    <t>210410</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>HN-M-1218-0072</t>
+  </si>
+  <si>
+    <t>23225</t>
+  </si>
+  <si>
+    <t>ARDOMON</t>
+  </si>
+  <si>
+    <t>CITRATO DE CLOMIFENO</t>
+  </si>
+  <si>
+    <t>SOL24-148</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>HN-M-0219-0145</t>
+  </si>
+  <si>
+    <t>ARSA-1218-R-0684</t>
+  </si>
+  <si>
+    <t>NEBIAM D</t>
+  </si>
+  <si>
+    <t>NEBIVOLOL + HIDROCLOROTIAZIDA</t>
+  </si>
+  <si>
+    <t>T11300123</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0226</t>
+  </si>
+  <si>
+    <t>ARSA-0118-R-0303</t>
+  </si>
+  <si>
+    <t>FUNGIPLUS VAGINAL CREMA</t>
+  </si>
+  <si>
+    <t>CLOTRIMAZOL</t>
+  </si>
+  <si>
+    <t>018222325</t>
+  </si>
+  <si>
+    <t>27/06/2025</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>HN-M-0418-0045</t>
+  </si>
+  <si>
+    <t>10446</t>
+  </si>
+  <si>
+    <t>ANTIESPASMODICO</t>
+  </si>
+  <si>
+    <t>METILBROMURO DE HOMATROPINA</t>
+  </si>
+  <si>
+    <t>09-2401</t>
+  </si>
+  <si>
+    <t>12/08/2025</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAOLIN 20% + PECTINA 1% + FURAZOLIDONA 0.33% </t>
+  </si>
+  <si>
+    <t>123J24</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>HN-M-0917-0014</t>
+  </si>
+  <si>
+    <t>05957</t>
+  </si>
+  <si>
+    <t>NEUFIL</t>
+  </si>
+  <si>
+    <t>DIPROFILINA</t>
+  </si>
+  <si>
+    <t>220874</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>HN-M-0219-0026</t>
+  </si>
+  <si>
+    <t>10465</t>
+  </si>
+  <si>
+    <t>HISTAFED JARABE</t>
+  </si>
+  <si>
+    <t>DIFENHIDRAMINA CLORHIDRATO</t>
+  </si>
+  <si>
+    <t>30-2415</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>HN-M-0324-0035</t>
+  </si>
+  <si>
+    <t>ARSA-0224-R-0163</t>
+  </si>
+  <si>
+    <t>FLUCONAZOL ANH 150 MG CÁPSULAS DE GELATINA DURA</t>
+  </si>
+  <si>
+    <t>FLUCONAZOL</t>
+  </si>
+  <si>
+    <t>C083401</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>HN-M-0818-0040</t>
+  </si>
+  <si>
+    <t>16495</t>
+  </si>
+  <si>
+    <t>DILABROM COMPUESTO</t>
+  </si>
+  <si>
+    <t>CLEMBUTEROL, CLORURO DE AMBROXOL</t>
+  </si>
+  <si>
+    <t>29-2401</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>HN-M-0119-0013</t>
+  </si>
+  <si>
+    <t>23500</t>
+  </si>
+  <si>
+    <t>CLIVAN PLUS</t>
+  </si>
+  <si>
+    <t>CLINDAMICINA FOSFATO EQUIVALENTE A CLINDAMICINA / MICONAZOL NITRATO</t>
+  </si>
+  <si>
+    <t>8295</t>
+  </si>
+  <si>
+    <t>13/08/2025</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>RMH-PF-7330</t>
+  </si>
+  <si>
+    <t>7866-12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOLOFOR 2g/5mL SOLUCIÓN INYECTABLE </t>
+  </si>
+  <si>
+    <t>DIPIRONA MAGNÉSICA HEXAHIDRATADO</t>
+  </si>
+  <si>
+    <t>40136</t>
+  </si>
+  <si>
+    <t>18/08/2025</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>HN-M-1222-0081</t>
+  </si>
+  <si>
+    <t>ARSA-1022-R-0024</t>
+  </si>
+  <si>
+    <t>SECNIDAZOL LAIFAR 500 MG TABLETAS RECUBIERTAS CON PELÍCULA.</t>
+  </si>
+  <si>
+    <t>SECNIDAZOL 500 MG</t>
+  </si>
+  <si>
+    <t>T159302</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>HN-M-1123-0043</t>
+  </si>
+  <si>
+    <t>ARSA-0723-R-0162</t>
+  </si>
+  <si>
+    <t>SOLUCION LACTATO DE RINGER</t>
+  </si>
+  <si>
+    <t>LACTATO DE SODIO, CLORURO DE POTASIO, CLORURO DE CALCIO, CLORURO DE SODIO.</t>
+  </si>
+  <si>
+    <t>2312281401</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>HN-M-1122-0074</t>
+  </si>
+  <si>
+    <t>ARSA-1022-R-0016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CO-TRIMOXAZOL ANH 960 MG TABLETAS SIN RECUBRIMIENTO </t>
+  </si>
+  <si>
+    <t>SULFAMETOXAZOL + TRIMETOPRIMA</t>
+  </si>
+  <si>
+    <t>T006301</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0428</t>
+  </si>
+  <si>
+    <t>16367</t>
+  </si>
+  <si>
+    <t>ESTERMAX</t>
+  </si>
+  <si>
+    <t>ESTROGENOS CONJUGADOS</t>
+  </si>
+  <si>
+    <t>026624</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>HN-M-0219-0170</t>
+  </si>
+  <si>
+    <t>18031</t>
+  </si>
+  <si>
+    <t>VIROGRIP TUX</t>
+  </si>
+  <si>
+    <t>S-CARBOXIMETILCISTEINA + BROMHIDRATO DE DEXTROMETORFANO + MALEATO DE CLORFENIRAMINA</t>
+  </si>
+  <si>
+    <t>LIQ23-107</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>HN-M-0424-0016</t>
+  </si>
+  <si>
+    <t>ARSA-0124-R-1170</t>
+  </si>
+  <si>
+    <t>IBUPROFENO SUSPENSION ORAL 100 MG/5 ML.</t>
+  </si>
+  <si>
+    <t>624076</t>
+  </si>
+  <si>
+    <t>26/08/2025</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>HN-M-0324-0056</t>
+  </si>
+  <si>
+    <t>ARSA-0124-R-0028</t>
+  </si>
+  <si>
+    <t>LEFLUNOMIDA ANH 20 MG TABLETAS RECUBIERTAS CON PELÍCULA</t>
+  </si>
+  <si>
+    <t>LEFLUNOMIDA</t>
+  </si>
+  <si>
+    <t>E240567</t>
+  </si>
+  <si>
+    <t>1/09/2025</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>HN-M-0923-0091</t>
+  </si>
+  <si>
+    <t>ARSA-0421-R-0892</t>
+  </si>
+  <si>
+    <t>TABLETAS DE DICLOFENACO BP 100 MG</t>
+  </si>
+  <si>
+    <t>B187</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>HN-M-0324-0019</t>
+  </si>
+  <si>
+    <t>ARSA-0124-R-0021</t>
+  </si>
+  <si>
+    <t>IBUPROFENO ANH 600 MG TABLETAS RECUBIERTAS CON PELÍCULA</t>
+  </si>
+  <si>
+    <t>T164402</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>HN-M-1222-0064</t>
+  </si>
+  <si>
+    <t>ARSA-1022-R-0018</t>
+  </si>
+  <si>
+    <t>TADALAFILO LAIFAR 20 MG TABLETAS RECUBIERTAS CON PELÍCULA</t>
+  </si>
+  <si>
+    <t>TADALAFILO</t>
+  </si>
+  <si>
+    <t>T158301</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>HN-M-0823-0034</t>
+  </si>
+  <si>
+    <t>ARSA-0323-R-1188</t>
+  </si>
+  <si>
+    <t>ATENOLOL TABLETAS BP 100 MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATENOLOL </t>
+  </si>
+  <si>
+    <t>B154</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>HN-M-1218-0070</t>
+  </si>
+  <si>
+    <t>P52423</t>
+  </si>
+  <si>
+    <t>FENITONE® 100 mg CÁPSULAS</t>
+  </si>
+  <si>
+    <t>FENITOINA SÓDICA</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>RMH-PF-43255</t>
+  </si>
+  <si>
+    <t>ARSA-0719-RM-0031</t>
+  </si>
+  <si>
+    <t>TERABIOL POLVO PARA SUSPENSION ORAL</t>
+  </si>
+  <si>
+    <t>SULTAMICILINA (EQUIVALENTE A AMPICILINA BASE Y SULBACTAM BASE)</t>
+  </si>
+  <si>
+    <t>EM429</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>HN-M-1118-0148</t>
+  </si>
+  <si>
+    <t>P51889</t>
+  </si>
+  <si>
+    <t>TYCIN-D (SOLUCIÓN OFTÁLMICA DE TOBRAMICINA Y DEXAMETASONA)</t>
+  </si>
+  <si>
+    <t>TOBRAMICINA Y DEXAMETASONA</t>
+  </si>
+  <si>
+    <t>DE4036</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>NOVOFAXIN XR 50 mg TABLETA RECUBIERTA DE LIBERACIÓN PROLONGADA</t>
+  </si>
+  <si>
+    <t>DESVENLAFAXINA</t>
+  </si>
+  <si>
+    <t>EP763</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>25320.4/25315.4</t>
+  </si>
+  <si>
+    <t>13/10/2025</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>HN-M-0619-0043</t>
+  </si>
+  <si>
+    <t>26850</t>
+  </si>
+  <si>
+    <t>ALFAMETILDOPA</t>
+  </si>
+  <si>
+    <t>180-2403</t>
+  </si>
+  <si>
+    <t>15/10/2025</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>HN-M-0219-0027</t>
+  </si>
+  <si>
+    <t>10462</t>
+  </si>
+  <si>
+    <t>CORIVERMIN 2</t>
+  </si>
+  <si>
+    <t>22-2305</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>HN-M-0319-0190</t>
+  </si>
+  <si>
+    <t>9940</t>
+  </si>
+  <si>
+    <t>BUENOX ANTIÁCIDO</t>
+  </si>
+  <si>
+    <t>HIDROXIDO DE ALUMINIO + HIDROXIDO DE MAGNESIO</t>
+  </si>
+  <si>
+    <t>D24023</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0316</t>
+  </si>
+  <si>
+    <t>29001</t>
+  </si>
+  <si>
+    <t>GLIBENCLAMIDA</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>HN-M-0118-0098</t>
+  </si>
+  <si>
+    <t>P52991</t>
+  </si>
+  <si>
+    <t>OFEX KPR</t>
+  </si>
+  <si>
+    <t>DICLOFENACO POTASICO,PARACETAMOL</t>
+  </si>
+  <si>
+    <t>F3018</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>HN-M-0218-0017</t>
+  </si>
+  <si>
+    <t>15403</t>
+  </si>
+  <si>
+    <t>BETAGEN CREMA</t>
+  </si>
+  <si>
+    <t>DIPROPIONATO DE BETAMETASONA / SULFATO DE GENTAMICINA</t>
+  </si>
+  <si>
+    <t>C301 06</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>HN-M-0118-0021</t>
+  </si>
+  <si>
+    <t>P50444</t>
+  </si>
+  <si>
+    <t>BISOPROLOL 10 + HIDROCLOROTIAZIDA 6.25 ADIUVO</t>
+  </si>
+  <si>
+    <t>BISOPROLOL FUMARATO 10 MG + HIDROCLOROTIAZIDA 6.25 MG COMPRIMIDOS RECUBIERTOS</t>
+  </si>
+  <si>
+    <t>BPOO92201</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>HN-M-0123-0008</t>
+  </si>
+  <si>
+    <t>15009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ETIMYCIN CREMA </t>
+  </si>
+  <si>
+    <t>ACIDO FUSIDICO</t>
+  </si>
+  <si>
+    <t>2033</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>HN-M-0523-0028</t>
+  </si>
+  <si>
+    <t>ARSA-1222-R-0488</t>
+  </si>
+  <si>
+    <t>GRIPEX PLUS</t>
+  </si>
+  <si>
+    <t>ACETAMINOFEN 500mg + FENILEFRINA HCL 10mg + CLORFENIRAMINA MALEATO 4mg + VITAMINA C 50mg</t>
+  </si>
+  <si>
+    <t>160896</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0153</t>
+  </si>
+  <si>
+    <t>ARSA-0618-R-0322</t>
+  </si>
+  <si>
+    <t>CORINEX JARABE</t>
+  </si>
+  <si>
+    <t>DIFENHIDRAMINA HCL, DEXTROMETORFANO HBR, MENTOL</t>
+  </si>
+  <si>
+    <t>21-2307</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>HN-M-0224-0104</t>
+  </si>
+  <si>
+    <t>ARSA-1123-R-0276</t>
+  </si>
+  <si>
+    <t>VASCUTAN PLUS</t>
+  </si>
+  <si>
+    <t>IRBESARTAN / HIDROCLOROTIAZIDA</t>
+  </si>
+  <si>
+    <t>T240093</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>HN-M-0119-0392</t>
+  </si>
+  <si>
+    <t>ARSA-1018-R-0617</t>
+  </si>
+  <si>
+    <t>CEFIXEM ® 400 mg TABLETAS RECUBIERTAS</t>
+  </si>
+  <si>
+    <t>CEFIXIMA TRIHIDRATO</t>
+  </si>
+  <si>
+    <t>CIM401</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>HN-M-0119-0056</t>
+  </si>
+  <si>
+    <t>23472</t>
+  </si>
+  <si>
+    <t>STATINA 20MG TABLETAS</t>
+  </si>
+  <si>
+    <t>ATORVASTATINA CÁLCICA</t>
+  </si>
+  <si>
+    <t>G062036</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>24060012</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>RMH-3900</t>
+  </si>
+  <si>
+    <t>ARSA-1022-RM-0041</t>
+  </si>
+  <si>
+    <t>FERRUM 16</t>
+  </si>
+  <si>
+    <t>FOLICO + ACIDO ASCORBICO + BIOTINA + FUMARATO FERROSO + GLUCONATO DE COBRE + MOLIBDENO TRIOXIDO + MAGNESO SULFATO MONOHIDRATO + NICOTINAMIDA + PANTOTENATO DE CALCIO + PIRIDOXINA HCl + RIBOFLAVINA + CIANOCOBALAMINA + SULFATO DE COBALTO + TIAMINA HCL + ACETATO DE VITAMINA A + YODURO DE POTASIO</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>HN-M-1019-0128</t>
+  </si>
+  <si>
+    <t>ARSA-0819-R-1077</t>
+  </si>
+  <si>
+    <t>FUROSEMIDA TABLETAS</t>
+  </si>
+  <si>
+    <t>FUROSEMIDA</t>
+  </si>
+  <si>
+    <t>2232402</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>RMH-PF-51230-2024</t>
+  </si>
+  <si>
+    <t>ARSA-0220-RM-0009</t>
+  </si>
+  <si>
+    <t>COLPOBEN CREMA VAGINAL</t>
+  </si>
+  <si>
+    <t>CLINDAMICINA, KETOCONAZOL</t>
+  </si>
+  <si>
+    <t>G4364</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>HN-M-0418-0032</t>
+  </si>
+  <si>
+    <t>P51212</t>
+  </si>
+  <si>
+    <t>ANDI-CORT PLUS</t>
+  </si>
+  <si>
+    <t>BETAMETASONA</t>
+  </si>
+  <si>
+    <t>137J24</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>RMH-F020403042014</t>
+  </si>
+  <si>
+    <t>13110-16</t>
+  </si>
+  <si>
+    <t>CELEDEXA 0.25 mg/ 2 mg TABLETAS</t>
+  </si>
+  <si>
+    <t>BETAMETASONA, DEXCLORFENIRAMINA MALEATO</t>
+  </si>
+  <si>
+    <t>240727</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>HN-M-0819-0070</t>
+  </si>
+  <si>
+    <t>26845</t>
+  </si>
+  <si>
+    <t>DIFENHIDRAMINA HCL</t>
+  </si>
+  <si>
+    <t>27-2406</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>HN-M-0319-0233</t>
+  </si>
+  <si>
+    <t>P37684</t>
+  </si>
+  <si>
+    <t>KIDERM CREMA 100 G</t>
+  </si>
+  <si>
+    <t>OXIDO DE ZINC</t>
+  </si>
+  <si>
+    <t>057D25</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>HN-M-0818-0038</t>
+  </si>
+  <si>
+    <t>10475</t>
+  </si>
+  <si>
+    <t>COMPLEVIT</t>
+  </si>
+  <si>
+    <t>HIERRO, PIRIDOXINA HCl, VITAMINA B12, NICOTINAMIDA, TIAMINA HCl, RIBOFLAVINA</t>
+  </si>
+  <si>
+    <t>13-2401</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>RMH-PF-33791-2024</t>
+  </si>
+  <si>
+    <t>ARSA-0220-RM-0045</t>
+  </si>
+  <si>
+    <t>DOLOVITANERVON</t>
+  </si>
+  <si>
+    <t>CIANOCOBALINA, CLORHIDRATO DE PIRIDOXINA, CLORHIDRATO DE TIAMINA</t>
+  </si>
+  <si>
+    <t>03412</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>HN-M-0119-0029</t>
+  </si>
+  <si>
+    <t>P37493</t>
+  </si>
+  <si>
+    <t>CARVECOR</t>
+  </si>
+  <si>
+    <t>SOL23-177</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>HN-M-0322-0126</t>
+  </si>
+  <si>
+    <t>ARSA-0921-R-0764</t>
+  </si>
+  <si>
+    <t>LACTULOSA 10G/15mL SWISSFARM JARABE</t>
+  </si>
+  <si>
+    <t>LACTULOSA</t>
+  </si>
+  <si>
+    <t>098385525</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>12/2/2024</t>
-[...266 lines deleted...]
-    <t>18/12/2024</t>
+    <t>Ultima actualización: 26/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr codeName=""/>
-  <dimension ref="A1:D66"/>
+  <dimension ref="A1:H184"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="68.34383392333984" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.115262985229492" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" customWidth="1"/>
+    <col min="2" max="2" width="29.91408920288086" customWidth="1"/>
+    <col min="3" max="3" width="19.10847282409668" customWidth="1"/>
+    <col min="4" max="4" width="69.34302520751953" customWidth="1"/>
+    <col min="5" max="5" width="307.93206787109375" customWidth="1"/>
+    <col min="6" max="6" width="31.214405059814453" customWidth="1"/>
+    <col min="7" max="7" width="13.370100021362305" customWidth="1"/>
+    <col min="8" max="8" width="11.115262985229492" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
+      <c r="E1" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
+      </c>
+      <c r="E2" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" s="0" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
+      </c>
+      <c r="E3" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" s="0" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>11</v>
+        <v>26</v>
+      </c>
+      <c r="E4" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="G4" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" s="0" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>18</v>
+        <v>34</v>
+      </c>
+      <c r="E5" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="G5" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>22</v>
+        <v>41</v>
+      </c>
+      <c r="E6" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>22</v>
+        <v>47</v>
+      </c>
+      <c r="E7" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="G7" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>22</v>
+        <v>53</v>
+      </c>
+      <c r="E8" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="G8" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="G9" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...6 lines deleted...]
-        <v>31</v>
+      <c r="H9" s="0" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>35</v>
+        <v>65</v>
+      </c>
+      <c r="E10" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>38</v>
+        <v>71</v>
+      </c>
+      <c r="E11" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="G11" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>40</v>
+        <v>76</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>41</v>
+        <v>77</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>42</v>
+        <v>78</v>
+      </c>
+      <c r="E12" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="F12" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="G12" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>44</v>
+        <v>83</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>45</v>
+        <v>84</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>42</v>
+        <v>85</v>
+      </c>
+      <c r="E13" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>47</v>
+        <v>90</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>48</v>
+        <v>91</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>42</v>
+        <v>92</v>
+      </c>
+      <c r="E14" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="G14" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>49</v>
+        <v>96</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>50</v>
+        <v>97</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>51</v>
+        <v>98</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>42</v>
+        <v>99</v>
+      </c>
+      <c r="E15" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F15" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="G15" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>52</v>
+        <v>103</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>53</v>
+        <v>104</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>42</v>
+        <v>106</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>55</v>
+        <v>110</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>56</v>
+        <v>111</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>57</v>
+        <v>112</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>58</v>
+        <v>113</v>
+      </c>
+      <c r="E17" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="F17" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="G17" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>61</v>
+        <v>119</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>58</v>
+        <v>120</v>
+      </c>
+      <c r="E18" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="G18" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>62</v>
+        <v>124</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>63</v>
+        <v>125</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>64</v>
+        <v>126</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>58</v>
+        <v>127</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="G19" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>66</v>
+        <v>131</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>67</v>
+        <v>132</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>68</v>
+        <v>133</v>
+      </c>
+      <c r="E20" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="G20" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>69</v>
+        <v>136</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>70</v>
+        <v>137</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>71</v>
+        <v>138</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>72</v>
+        <v>139</v>
+      </c>
+      <c r="E21" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="G21" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>73</v>
+        <v>142</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>74</v>
+        <v>143</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>75</v>
+        <v>144</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>72</v>
+        <v>145</v>
+      </c>
+      <c r="E22" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="G22" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>76</v>
+        <v>148</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>77</v>
+        <v>149</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>78</v>
+        <v>150</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>72</v>
+        <v>151</v>
+      </c>
+      <c r="E23" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="G23" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>80</v>
+        <v>155</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>81</v>
+        <v>156</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>72</v>
+        <v>157</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>82</v>
+        <v>161</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>83</v>
+        <v>162</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>84</v>
+        <v>163</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>72</v>
+        <v>164</v>
+      </c>
+      <c r="E25" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G25" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>85</v>
+        <v>167</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>86</v>
+        <v>168</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>87</v>
+        <v>169</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>72</v>
+        <v>170</v>
+      </c>
+      <c r="E26" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="F26" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="G26" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>88</v>
+        <v>173</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>89</v>
+        <v>174</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>71</v>
+        <v>175</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>72</v>
+        <v>176</v>
+      </c>
+      <c r="E27" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="G27" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>90</v>
+        <v>180</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>91</v>
+        <v>181</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>92</v>
+        <v>182</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>93</v>
+        <v>183</v>
+      </c>
+      <c r="E28" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>94</v>
+        <v>187</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>95</v>
+        <v>188</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>92</v>
+        <v>189</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>93</v>
+        <v>190</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>96</v>
+        <v>194</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>97</v>
+        <v>195</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>92</v>
+        <v>196</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>98</v>
+        <v>197</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="G30" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>99</v>
+        <v>200</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>100</v>
+        <v>131</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>98</v>
+        <v>133</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>101</v>
+        <v>204</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>102</v>
+        <v>205</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>92</v>
+        <v>206</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>98</v>
+        <v>207</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="F32" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="G32" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>103</v>
+        <v>211</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>104</v>
+        <v>212</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>92</v>
+        <v>213</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>105</v>
+        <v>214</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="G33" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>106</v>
+        <v>217</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>107</v>
+        <v>218</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>92</v>
+        <v>25</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>105</v>
+        <v>219</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="G34" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>108</v>
+        <v>222</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>107</v>
+        <v>223</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>92</v>
+        <v>224</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>109</v>
+        <v>225</v>
+      </c>
+      <c r="E35" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="F35" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="G35" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>110</v>
+        <v>228</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>92</v>
+        <v>230</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>109</v>
+        <v>231</v>
+      </c>
+      <c r="E36" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="F36" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="G36" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>112</v>
+        <v>55</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>113</v>
+        <v>234</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>92</v>
+        <v>235</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>109</v>
+        <v>236</v>
+      </c>
+      <c r="E37" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="F37" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="G37" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>114</v>
+        <v>240</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>115</v>
+        <v>218</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>92</v>
+        <v>25</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>116</v>
+        <v>26</v>
+      </c>
+      <c r="E38" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="G38" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>117</v>
+        <v>242</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>118</v>
+        <v>243</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>92</v>
+        <v>244</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>116</v>
+        <v>245</v>
+      </c>
+      <c r="E39" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F39" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="G39" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>247</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>119</v>
+        <v>248</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>120</v>
+        <v>249</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>92</v>
+        <v>250</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>116</v>
+        <v>251</v>
+      </c>
+      <c r="E40" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="G40" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>247</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>121</v>
+        <v>254</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>122</v>
+        <v>255</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>92</v>
+        <v>256</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>116</v>
+        <v>257</v>
+      </c>
+      <c r="E41" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="F41" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="G41" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>247</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>123</v>
+        <v>260</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>124</v>
+        <v>261</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>92</v>
+        <v>262</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>125</v>
+        <v>263</v>
+      </c>
+      <c r="E42" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="G42" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>126</v>
+        <v>267</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>127</v>
+        <v>268</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>92</v>
+        <v>269</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>125</v>
+        <v>270</v>
+      </c>
+      <c r="E43" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="F43" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="G43" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>128</v>
+        <v>273</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>129</v>
+        <v>274</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>92</v>
+        <v>275</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>125</v>
+        <v>276</v>
+      </c>
+      <c r="E44" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="F44" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="G44" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>130</v>
+        <v>279</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>131</v>
+        <v>280</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>92</v>
+        <v>281</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>125</v>
+        <v>282</v>
+      </c>
+      <c r="E45" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="F45" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="G45" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" s="0" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>132</v>
+        <v>285</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>133</v>
+        <v>286</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>92</v>
+        <v>287</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>125</v>
+        <v>288</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="G46" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>134</v>
+        <v>291</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>135</v>
+        <v>292</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>92</v>
+        <v>293</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>136</v>
+        <v>294</v>
+      </c>
+      <c r="E47" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="F47" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="G47" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>137</v>
+        <v>298</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>138</v>
+        <v>299</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>136</v>
+        <v>301</v>
+      </c>
+      <c r="E48" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="F48" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="G48" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>139</v>
+        <v>304</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>140</v>
+        <v>125</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>136</v>
+        <v>127</v>
+      </c>
+      <c r="E49" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="F49" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="G49" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>141</v>
+        <v>306</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>142</v>
+        <v>307</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>92</v>
+        <v>308</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>136</v>
+        <v>309</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="F50" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="G50" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>143</v>
+        <v>313</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>144</v>
+        <v>314</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>92</v>
+        <v>315</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>145</v>
+        <v>316</v>
+      </c>
+      <c r="E51" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="G51" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>146</v>
+        <v>318</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>147</v>
+        <v>319</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>92</v>
+        <v>320</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>148</v>
+        <v>321</v>
+      </c>
+      <c r="E52" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="F52" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="G52" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" s="0" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>149</v>
+        <v>324</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>150</v>
+        <v>325</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>92</v>
+        <v>326</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>151</v>
+        <v>327</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="G53" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>152</v>
+        <v>330</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>153</v>
+        <v>331</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>92</v>
+        <v>332</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>151</v>
+        <v>333</v>
+      </c>
+      <c r="E54" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="F54" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="G54" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>336</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>120</v>
+        <v>337</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>154</v>
+        <v>338</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>92</v>
+        <v>339</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>151</v>
+        <v>340</v>
+      </c>
+      <c r="E55" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="F55" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="G55" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>336</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>155</v>
+        <v>343</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>156</v>
+        <v>344</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>92</v>
+        <v>345</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>151</v>
+        <v>346</v>
+      </c>
+      <c r="E56" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="G56" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>349</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>157</v>
+        <v>350</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>158</v>
+        <v>351</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>92</v>
+        <v>352</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>151</v>
+        <v>353</v>
+      </c>
+      <c r="E57" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>356</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>159</v>
+        <v>357</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>160</v>
+        <v>358</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>92</v>
+        <v>359</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>151</v>
+        <v>360</v>
+      </c>
+      <c r="E58" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="F58" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="G58" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>363</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>161</v>
+        <v>364</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>162</v>
+        <v>365</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>92</v>
+        <v>366</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>151</v>
+        <v>367</v>
+      </c>
+      <c r="E59" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="F59" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="G59" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" s="0" t="s">
+        <v>370</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>163</v>
+        <v>371</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>164</v>
+        <v>372</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>92</v>
+        <v>373</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>151</v>
+        <v>374</v>
+      </c>
+      <c r="E60" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="F60" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="G60" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>165</v>
+        <v>378</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>164</v>
+        <v>379</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>92</v>
+        <v>380</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>151</v>
+        <v>381</v>
+      </c>
+      <c r="E61" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="F61" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="G61" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" s="0" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>166</v>
+        <v>384</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>167</v>
+        <v>385</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>92</v>
+        <v>386</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>151</v>
+        <v>387</v>
+      </c>
+      <c r="E62" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F62" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="G62" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" s="0" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>168</v>
+        <v>390</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>169</v>
+        <v>391</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>92</v>
+        <v>392</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>170</v>
+        <v>283</v>
+      </c>
+      <c r="E63" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="F63" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="G63" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>171</v>
+        <v>394</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>172</v>
+        <v>395</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>92</v>
+        <v>396</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>173</v>
+        <v>397</v>
+      </c>
+      <c r="E64" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="F64" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="G64" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H64" s="0" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>174</v>
+        <v>400</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>175</v>
+        <v>401</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>92</v>
+        <v>402</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>173</v>
+        <v>403</v>
+      </c>
+      <c r="E65" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="G65" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>176</v>
+        <v>405</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>177</v>
+        <v>406</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>92</v>
+        <v>407</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>178</v>
+        <v>408</v>
+      </c>
+      <c r="E66" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="F66" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="G66" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="E67" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="F67" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G67" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="E68" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="F68" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="G68" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" s="0" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="E69" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="G69" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="E70" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="G70" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" s="0" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="E71" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="G71" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="E72" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="G72" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="E73" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="G73" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="E74" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="G74" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" s="0" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="E75" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="G75" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="E76" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="G76" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" s="0" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="E77" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="G77" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" s="0" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="E78" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="F78" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="G78" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" s="0" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="E79" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="G79" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H79" s="0" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="E80" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="G80" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H80" s="0" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="E81" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="G81" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H81" s="0" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="E82" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="G82" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H82" s="0" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="E83" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="G83" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H83" s="0" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="E84" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="F84" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="G84" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H84" s="0" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="E85" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="G85" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H85" s="0" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="E86" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="F86" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="G86" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H86" s="0" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="E87" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="F87" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="G87" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H87" s="0" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="D88" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="E88" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="F88" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="G88" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H88" s="0" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="E89" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="F89" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="G89" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H89" s="0" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="E90" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="F90" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="G90" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" s="0" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="E91" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="F91" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="G91" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H91" s="0" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="D92" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="E92" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="F92" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="G92" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H92" s="0" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="D93" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="E93" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="F93" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="G93" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H93" s="0" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="E94" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="F94" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="G94" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H94" s="0" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="E95" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="G95" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H95" s="0" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="E96" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="F96" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="G96" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H96" s="0" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="E97" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="F97" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="G97" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H97" s="0" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="E98" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="G98" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H98" s="0" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="E99" s="0" t="s">
+        <v>606</v>
+      </c>
+      <c r="F99" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="G99" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H99" s="0" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="E100" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="F100" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="G100" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H100" s="0" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="D101" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="E101" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="G101" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H101" s="0" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>620</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="D102" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="E102" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="F102" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="G102" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H102" s="0" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="E103" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="F103" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="G103" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H103" s="0" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="D104" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="E104" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="F104" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="G104" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H104" s="0" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="E105" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="F105" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="G105" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H105" s="0" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>644</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>645</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="E106" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="F106" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="G106" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H106" s="0" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>651</v>
+      </c>
+      <c r="D107" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="E107" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="F107" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="G107" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H107" s="0" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="E108" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="G108" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H108" s="0" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="D109" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="E109" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="F109" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="G109" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H109" s="0" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="E110" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="F110" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="G110" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H110" s="0" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>672</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="E111" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="F111" s="0" t="s">
+        <v>676</v>
+      </c>
+      <c r="G111" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H111" s="0" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>680</v>
+      </c>
+      <c r="E112" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="G112" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="E113" s="0" t="s">
+        <v>688</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="G113" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H113" s="0" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="E114" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="G114" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H114" s="0" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="E115" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="G115" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H115" s="0" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="E116" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="F116" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="G116" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H116" s="0" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="E117" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="F117" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="G117" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H117" s="0" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="E118" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="F118" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="G118" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H118" s="0" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="E119" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="F119" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="G119" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H119" s="0" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="E120" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="F120" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="G120" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H120" s="0" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>736</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="E121" s="0" t="s">
+        <v>738</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="G121" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H121" s="0" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="E122" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="F122" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="G122" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H122" s="0" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="E123" s="0" t="s">
+        <v>751</v>
+      </c>
+      <c r="F123" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="G123" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H123" s="0" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="0" t="s">
+        <v>753</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>755</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="E124" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="F124" s="0" t="s">
+        <v>758</v>
+      </c>
+      <c r="G124" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H124" s="0" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="0" t="s">
+        <v>760</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>761</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>762</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="E125" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="F125" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="G125" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H125" s="0" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="E126" s="0" t="s">
+        <v>769</v>
+      </c>
+      <c r="F126" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="G126" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>772</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>773</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="E127" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="F127" s="0" t="s">
+        <v>776</v>
+      </c>
+      <c r="G127" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="E128" s="0" t="s">
+        <v>738</v>
+      </c>
+      <c r="F128" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="G128" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H128" s="0" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>786</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="E129" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="F129" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="G129" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H129" s="0" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="D130" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="E130" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="F130" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="G130" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H130" s="0" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="E131" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="F131" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="G131" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H131" s="0" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="D132" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="E132" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="F132" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="G132" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H132" s="0" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="E133" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="F133" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="G133" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H133" s="0" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>816</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="E134" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="F134" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="G134" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H134" s="0" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="0" t="s">
+        <v>821</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>822</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>823</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>824</v>
+      </c>
+      <c r="E135" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="F135" s="0" t="s">
+        <v>826</v>
+      </c>
+      <c r="G135" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H135" s="0" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="0" t="s">
+        <v>828</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="D136" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="E136" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="F136" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="G136" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H136" s="0" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="0" t="s">
+        <v>831</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>832</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="D137" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="E137" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="F137" s="0" t="s">
+        <v>836</v>
+      </c>
+      <c r="G137" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H137" s="0" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="E138" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="F138" s="0" t="s">
+        <v>842</v>
+      </c>
+      <c r="G138" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H138" s="0" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>846</v>
+      </c>
+      <c r="E139" s="0" t="s">
+        <v>847</v>
+      </c>
+      <c r="F139" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="G139" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H139" s="0" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>850</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="E140" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="F140" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="G140" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H140" s="0" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="D141" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="E141" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="F141" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="G141" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H141" s="0" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="0" t="s">
+        <v>862</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="D142" s="0" t="s">
+        <v>865</v>
+      </c>
+      <c r="E142" s="0" t="s">
+        <v>866</v>
+      </c>
+      <c r="F142" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="G142" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H142" s="0" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="0" t="s">
+        <v>869</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>870</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="E143" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="F143" s="0" t="s">
+        <v>874</v>
+      </c>
+      <c r="G143" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H143" s="0" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="D144" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="E144" s="0" t="s">
+        <v>879</v>
+      </c>
+      <c r="F144" s="0" t="s">
+        <v>880</v>
+      </c>
+      <c r="G144" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H144" s="0" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="B145" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>883</v>
+      </c>
+      <c r="D145" s="0" t="s">
+        <v>884</v>
+      </c>
+      <c r="E145" s="0" t="s">
+        <v>885</v>
+      </c>
+      <c r="F145" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="G145" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H145" s="0" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>888</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>889</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="E146" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="F146" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="G146" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H146" s="0" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="0" t="s">
+        <v>893</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>895</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>896</v>
+      </c>
+      <c r="E147" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="F147" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="G147" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H147" s="0" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="D148" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="E148" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F148" s="0" t="s">
+        <v>903</v>
+      </c>
+      <c r="G148" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H148" s="0" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="0" t="s">
+        <v>905</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>906</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>907</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>908</v>
+      </c>
+      <c r="E149" s="0" t="s">
+        <v>909</v>
+      </c>
+      <c r="F149" s="0" t="s">
+        <v>910</v>
+      </c>
+      <c r="G149" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H149" s="0" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="0" t="s">
+        <v>912</v>
+      </c>
+      <c r="B150" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>914</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="E150" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="F150" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="G150" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H150" s="0" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>919</v>
+      </c>
+      <c r="D151" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="E151" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F151" s="0" t="s">
+        <v>921</v>
+      </c>
+      <c r="G151" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H151" s="0" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="0" t="s">
+        <v>922</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>923</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>924</v>
+      </c>
+      <c r="D152" s="0" t="s">
+        <v>925</v>
+      </c>
+      <c r="E152" s="0" t="s">
+        <v>926</v>
+      </c>
+      <c r="F152" s="0" t="s">
+        <v>927</v>
+      </c>
+      <c r="G152" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H152" s="0" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="0" t="s">
+        <v>928</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>929</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="D153" s="0" t="s">
+        <v>931</v>
+      </c>
+      <c r="E153" s="0" t="s">
+        <v>932</v>
+      </c>
+      <c r="F153" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="G153" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H153" s="0" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>936</v>
+      </c>
+      <c r="D154" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="E154" s="0" t="s">
+        <v>938</v>
+      </c>
+      <c r="F154" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="G154" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H154" s="0" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>942</v>
+      </c>
+      <c r="D155" s="0" t="s">
+        <v>943</v>
+      </c>
+      <c r="E155" s="0" t="s">
+        <v>944</v>
+      </c>
+      <c r="F155" s="0" t="s">
+        <v>945</v>
+      </c>
+      <c r="G155" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H155" s="0" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>947</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="D156" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="E156" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="F156" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="G156" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H156" s="0" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>954</v>
+      </c>
+      <c r="E157" s="0" t="s">
+        <v>955</v>
+      </c>
+      <c r="F157" s="0" t="s">
+        <v>956</v>
+      </c>
+      <c r="G157" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H157" s="0" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="0" t="s">
+        <v>957</v>
+      </c>
+      <c r="B158" s="0" t="s">
+        <v>672</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="D158" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="E158" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="F158" s="0" t="s">
+        <v>958</v>
+      </c>
+      <c r="G158" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H158" s="0" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="0" t="s">
+        <v>960</v>
+      </c>
+      <c r="B159" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>962</v>
+      </c>
+      <c r="D159" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="E159" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="F159" s="0" t="s">
+        <v>964</v>
+      </c>
+      <c r="G159" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H159" s="0" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>968</v>
+      </c>
+      <c r="D160" s="0" t="s">
+        <v>969</v>
+      </c>
+      <c r="E160" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="F160" s="0" t="s">
+        <v>970</v>
+      </c>
+      <c r="G160" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H160" s="0" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>972</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>973</v>
+      </c>
+      <c r="D161" s="0" t="s">
+        <v>974</v>
+      </c>
+      <c r="E161" s="0" t="s">
+        <v>975</v>
+      </c>
+      <c r="F161" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="G161" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H161" s="0" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>979</v>
+      </c>
+      <c r="D162" s="0" t="s">
+        <v>980</v>
+      </c>
+      <c r="E162" s="0" t="s">
+        <v>980</v>
+      </c>
+      <c r="F162" s="0" t="s">
+        <v>981</v>
+      </c>
+      <c r="G162" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H162" s="0" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="s">
+        <v>982</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>983</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="D163" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="E163" s="0" t="s">
+        <v>986</v>
+      </c>
+      <c r="F163" s="0" t="s">
+        <v>987</v>
+      </c>
+      <c r="G163" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H163" s="0" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="s">
+        <v>988</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>989</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>990</v>
+      </c>
+      <c r="D164" s="0" t="s">
+        <v>991</v>
+      </c>
+      <c r="E164" s="0" t="s">
+        <v>992</v>
+      </c>
+      <c r="F164" s="0" t="s">
+        <v>993</v>
+      </c>
+      <c r="G164" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H164" s="0" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="s">
+        <v>994</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>995</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>996</v>
+      </c>
+      <c r="D165" s="0" t="s">
+        <v>997</v>
+      </c>
+      <c r="E165" s="0" t="s">
+        <v>998</v>
+      </c>
+      <c r="F165" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="G165" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H165" s="0" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D166" s="0" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E166" s="0" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F166" s="0" t="s">
+        <v>1006</v>
+      </c>
+      <c r="G166" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H166" s="0" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D167" s="0" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E167" s="0" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F167" s="0" t="s">
+        <v>1012</v>
+      </c>
+      <c r="G167" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H167" s="0" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E168" s="0" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F168" s="0" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G168" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H168" s="0" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D169" s="0" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E169" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F169" s="0" t="s">
+        <v>1024</v>
+      </c>
+      <c r="G169" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H169" s="0" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E170" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F170" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="G170" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H170" s="0" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D171" s="0" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E171" s="0" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F171" s="0" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G171" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H171" s="0" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="D172" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="E172" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="F172" s="0" t="s">
+        <v>1038</v>
+      </c>
+      <c r="G172" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H172" s="0" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D173" s="0" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E173" s="0" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F173" s="0" t="s">
+        <v>1044</v>
+      </c>
+      <c r="G173" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H173" s="0" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D174" s="0" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E174" s="0" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F174" s="0" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G174" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H174" s="0" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D175" s="0" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E175" s="0" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F175" s="0" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G175" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H175" s="0" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D176" s="0" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E176" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F176" s="0" t="s">
+        <v>1063</v>
+      </c>
+      <c r="G176" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H176" s="0" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E177" s="0" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F177" s="0" t="s">
+        <v>1069</v>
+      </c>
+      <c r="G177" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H177" s="0" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D178" s="0" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E178" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="F178" s="0" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G178" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H178" s="0" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E179" s="0" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F179" s="0" t="s">
+        <v>1080</v>
+      </c>
+      <c r="G179" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H179" s="0" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>1084</v>
+      </c>
+      <c r="E180" s="0" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F180" s="0" t="s">
+        <v>1086</v>
+      </c>
+      <c r="G180" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H180" s="0" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E181" s="0" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F181" s="0" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G181" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H181" s="0" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E182" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="F182" s="0" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G182" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H182" s="0" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D183" s="0" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E183" s="0" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F183" s="0" t="s">
+        <v>1103</v>
+      </c>
+      <c r="G183" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H183" s="0" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E184" s="0" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F184" s="0" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G184" s="0" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H184" s="0" t="s">
+        <v>1105</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>