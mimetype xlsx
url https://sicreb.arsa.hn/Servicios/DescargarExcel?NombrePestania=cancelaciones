--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -4,2784 +4,9215 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Registros" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1124" uniqueCount="1124">
   <si>
     <t>N#</t>
   </si>
   <si>
-    <t>NO.EXP</t>
+    <t>EXPEDIENTE</t>
   </si>
   <si>
     <t>NOMBRE DEL PRODUCTO</t>
   </si>
   <si>
-    <t>NO. RSCANCELAR</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">NUMEROS DE CONTACO DEL  DISTRIBUIDOR</t>
+    <t xml:space="preserve">NO. REGISTRO SANITARIO </t>
+  </si>
+  <si>
+    <t>CATEGORÍA</t>
   </si>
   <si>
     <t>ESTATUS</t>
   </si>
   <si>
     <t xml:space="preserve">FECHA </t>
   </si>
   <si>
-    <t>TECNICO EVALUADOR</t>
-[...7 lines deleted...]
-  <si>
     <t>1</t>
   </si>
   <si>
+    <t>27709</t>
+  </si>
+  <si>
+    <t>PROGRAF-XL.</t>
+  </si>
+  <si>
+    <t>HN-M-0122-0001</t>
+  </si>
+  <si>
+    <t>MEDICAMENTOS</t>
+  </si>
+  <si>
+    <t>CANCELADO</t>
+  </si>
+  <si>
+    <t>4/01/2024</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>27708</t>
+  </si>
+  <si>
+    <t>PROGRAF-XL / ASTELLAS PHARMA US, INC.</t>
+  </si>
+  <si>
+    <t>HN-M-0122-0023</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>ARSA-0521-R-0816</t>
+  </si>
+  <si>
+    <t>ZOVIRAX 200 MG/5 ML SUSPENSIÓN ORAL.</t>
+  </si>
+  <si>
+    <t>HN-M-0721-0010</t>
+  </si>
+  <si>
+    <t>19/01/2024</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>ARSA-0218-R-0667</t>
+  </si>
+  <si>
+    <t>TERRAMICINA UNGÜENTO OFTALMICO/ PFIZER, S.A. DE C.V.</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0361</t>
+  </si>
+  <si>
+    <t>22/01/2024</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>ARSA-1120-R-0349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRACLEER 125 MG COMPRIMIDOS RECUBIERTOS  CON PELÍCULA</t>
+  </si>
+  <si>
+    <t>HN-M-1120-0089</t>
+  </si>
+  <si>
+    <t>10/01/2024</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>06204</t>
+  </si>
+  <si>
+    <t>ETOPÓSIDO SOLUCIÓN INYECTABLE 100 MG/5ML</t>
+  </si>
+  <si>
+    <t>HN-M-1119-0066</t>
+  </si>
+  <si>
+    <t>23/01/2024</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>6207</t>
+  </si>
+  <si>
+    <t>METOTREXATO.</t>
+  </si>
+  <si>
+    <t>HN-M-0119-0149</t>
+  </si>
+  <si>
+    <t>2/02/2024</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>12125</t>
+  </si>
+  <si>
+    <t>ENGERIX B DOSIS PEDIATRICA SUSPENSIÓN INYECTABLE</t>
+  </si>
+  <si>
+    <t>HN-BT-0620-0002</t>
+  </si>
+  <si>
+    <t>BIOTECNOLOGICO</t>
+  </si>
+  <si>
+    <t>7/02/2024</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>P39887</t>
+  </si>
+  <si>
+    <t>PREVENAR 13 VACUNA NEUMOCÓCICA CONJUGADA 13- VALENTE</t>
+  </si>
+  <si>
+    <t>HN-BI-1218-0002</t>
+  </si>
+  <si>
+    <t>BIOLOGICO</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>ARSA-1219-R-0245</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NITRODERM TTS 5 PARCHE TRANSDÉRMICO </t>
+  </si>
+  <si>
+    <t>HN-M-0520-0063</t>
+  </si>
+  <si>
+    <t>8/02/2024</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>P38081</t>
+  </si>
+  <si>
+    <t>XELJANZ 5MG</t>
+  </si>
+  <si>
+    <t>HN-M-0918-0062</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>17467</t>
+  </si>
+  <si>
+    <t>TRACRIUM 10MG/ML</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>14642</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FORTUM  1G DE POLVO PARA RECONSTITUIR SOLUCIÓN INYECTABLE</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0169</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>23757</t>
+  </si>
+  <si>
+    <t>BONILUX</t>
+  </si>
+  <si>
+    <t>HN-M-0620-0037</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>P42836</t>
+  </si>
+  <si>
+    <t>RAPAMUNE</t>
+  </si>
+  <si>
+    <t>HN-M-1020-0061</t>
+  </si>
+  <si>
+    <t>15/02/2024</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>28457</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EPAMIN PARENTÉRICO </t>
+  </si>
+  <si>
+    <t>HN-M-0120-0078</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>27356</t>
+  </si>
+  <si>
+    <t>HN-M-0620-0036</t>
+  </si>
+  <si>
+    <t>21/02/2024</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>P41317</t>
+  </si>
+  <si>
+    <t>VFEND</t>
+  </si>
+  <si>
+    <t>HN-M-0619-0107</t>
+  </si>
+  <si>
+    <t>27/02/2024</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>P38987</t>
+  </si>
+  <si>
+    <t>BERIATE 250 POLVO Y SOLVENTE PARA SOLUCIÓN PARA INYECCIÓN O INFUSIÓN</t>
+  </si>
+  <si>
+    <t>HN-BI-0119-0002</t>
+  </si>
+  <si>
+    <t>28/02/2024</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>1654</t>
+  </si>
+  <si>
+    <t>ADRIBLASTINA RD</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0492</t>
+  </si>
+  <si>
+    <t>1/03/2024</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>17506</t>
+  </si>
+  <si>
+    <t>KETESSE 50MG / 2ML SOLUCIÓN INYECTABLE PARA PERFUSIÓN</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0117</t>
+  </si>
+  <si>
+    <t>4/03/2024</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>ARSA-0323-R-0378</t>
+  </si>
+  <si>
+    <t>VINCRISTINA SULFATO 1MG/ML SOLUCIÓN INYECTABLE</t>
+  </si>
+  <si>
+    <t>HN-M-0823-0010</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>21091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROVIRON 25 MG </t>
+  </si>
+  <si>
+    <t>HN-M-0122-0084</t>
+  </si>
+  <si>
+    <t>23/04/2024</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>ARSA-0421-R-0285</t>
+  </si>
+  <si>
+    <t>CHAMPIX 1 MG TABLETAS RECUBIERTAS</t>
+  </si>
+  <si>
+    <t>HN-M-0621-0237</t>
+  </si>
+  <si>
+    <t>7/05/2024</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>15746</t>
+  </si>
+  <si>
+    <t>EXELON</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0182</t>
+  </si>
+  <si>
+    <t>15/05/2024</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>ARSA-0421-R-0256</t>
+  </si>
+  <si>
+    <t>CHAMPIX 0.5G MG TABLESTAS RECUBIERTAS/ PFIZER ZONA FRANCA, S.A,</t>
+  </si>
+  <si>
+    <t>HN-M-0621-0234</t>
+  </si>
+  <si>
+    <t>20/05/2024</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>18886</t>
+  </si>
+  <si>
+    <t>BADYKET 5000 UI SOLUCIÓN</t>
+  </si>
+  <si>
+    <t>HN-BI-0620-0002</t>
+  </si>
+  <si>
+    <t>29/05/2024</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>ARSA-1017-R-0431</t>
+  </si>
+  <si>
+    <t>LUBRIDERM ETAPA PREVENCION FPS 30</t>
+  </si>
+  <si>
+    <t>HN-C-1217-0304</t>
+  </si>
+  <si>
+    <t>COSMÉTICOS</t>
+  </si>
+  <si>
+    <t>30/05/2024</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>19995</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JIHNSON'S PARA ANTES DE DOMIR COLOCIA BABY. </t>
+  </si>
+  <si>
+    <t>HN-C-1020-0076</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>P40837</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRINTELLIX/LUNDUBECK AMERICA CENTRAL S.A, PANAMA, </t>
+  </si>
+  <si>
+    <t>HN-M-0120-0042</t>
+  </si>
+  <si>
+    <t>26/06/2024</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>P43343</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARGENTAFIL/LABORATORIOS GROSSMAN S.A., MEXICO. </t>
+  </si>
+  <si>
+    <t>HN-M-0520-0174</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>P40835</t>
+  </si>
+  <si>
+    <t>LUNDBECK AMERICA CENTRAL S.A</t>
+  </si>
+  <si>
+    <t>HN-M-1119-0077</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>28804</t>
+  </si>
+  <si>
+    <t>ONICIT</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0444</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>P40052</t>
+  </si>
+  <si>
+    <t>SEROQUEL/ ASTRAZENECA UK LIMITED, REINO UNIDO</t>
+  </si>
+  <si>
+    <t>HN-M-0120-0049</t>
+  </si>
+  <si>
+    <t>27/06/2024</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARSA-0624-R-0498 </t>
+  </si>
+  <si>
+    <t>SMOOTH'N SHINE ACEITES BOTÁNICOS RIZOS ESPUMA MODELADORA</t>
+  </si>
+  <si>
+    <t>HN-C-0624-0088</t>
+  </si>
+  <si>
+    <t>1/07/2024</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>ARSA-0624-R-0496</t>
+  </si>
+  <si>
+    <t>SMOOTH'N SHINE ACEITES BOTÁNICOS CONTROL ESPUMA MODELADORA</t>
+  </si>
+  <si>
+    <t>HN-C-0624-0091</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>ARSA-0624-R-0492</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	SMOOTH'N SHINE ACEITES BOTÁNICOS ACONDICIONADOR EXPRESS SIN ENJUAGUE</t>
+  </si>
+  <si>
+    <t>HN-C-0624-0090</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>ARSA-0624-R-0490</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	SMOOTH'N SHINE ACEITES BOTÁNICOS ANTI FRIZZ ESPUMA MODELADORA</t>
+  </si>
+  <si>
+    <t>HN-C-0624-0089</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>ARSA-0624-R-0488</t>
+  </si>
+  <si>
+    <t>SMOOTH'N SHINE ACEITES BOTÁNICOS RIZOS ELÁSTICOS ESPUMA MODELADORA</t>
+  </si>
+  <si>
+    <t>HN-C-0624-0092</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>11532</t>
+  </si>
+  <si>
+    <t>AVELOX / BAYER A.G.</t>
+  </si>
+  <si>
+    <t>HN-M-0319-0160</t>
+  </si>
+  <si>
+    <t>4/07/2024</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>14495</t>
+  </si>
+  <si>
+    <t>HN-M-1221-0099</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>15403</t>
+  </si>
+  <si>
+    <t>BETAGEN CREMA / LABORATORIO HENIE FARMA S. DE R. L.</t>
+  </si>
+  <si>
+    <t>HN-M-0218-0017</t>
+  </si>
+  <si>
+    <t>11/07/2024</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>22838-A</t>
+  </si>
+  <si>
+    <t>MACRODANTINA</t>
+  </si>
+  <si>
+    <t>HN-M-0318-0143</t>
+  </si>
+  <si>
+    <t>15/07/2024</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>P43344</t>
+  </si>
+  <si>
+    <t>ARGENTAFIL 1%.</t>
+  </si>
+  <si>
+    <t>HN-M-0721-0014</t>
+  </si>
+  <si>
+    <t>22/07/2024</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>ARSA-0917-R-0439</t>
+  </si>
+  <si>
+    <t>FARMORUBICINA 10MG/5ML.</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0138</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>23523</t>
+  </si>
+  <si>
+    <t>MOTRIN</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0367</t>
+  </si>
+  <si>
+    <t>23/07/2024</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>P40922</t>
+  </si>
+  <si>
+    <t>SEROQUEL XR 300</t>
+  </si>
+  <si>
+    <t>HN-M-0420-0018</t>
+  </si>
+  <si>
+    <t>29/07/2024</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>P40920</t>
+  </si>
+  <si>
+    <t>SEROQUEL XR</t>
+  </si>
+  <si>
+    <t>HN-M-0520-0019</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>23261</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0366</t>
+  </si>
+  <si>
+    <t>8/08/2024</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>ARSA-0621-R-0856</t>
+  </si>
+  <si>
+    <t>VENTOLIN NEBULES</t>
+  </si>
+  <si>
+    <t>HN-M-1120-0063</t>
+  </si>
+  <si>
+    <t>12/08/2024</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>MIRCERA</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0187</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>04339</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROCEPHIN/ROCHE SERVICIOS, SOCIEDAD ANONIMA  </t>
+  </si>
+  <si>
+    <t>HN-M-0120-0145</t>
+  </si>
+  <si>
+    <t>15/08/2024</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>01582</t>
+  </si>
+  <si>
+    <t>TIENAM/MERCK &amp; CO., INC.,</t>
+  </si>
+  <si>
+    <t>HN-M-0822-0078</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>ARSA-0120-R-0367</t>
+  </si>
+  <si>
+    <t>ZESTORETIC 20MG/12.5MG / ASTRAZENECA UK LIMITED, REINO UNIDO</t>
+  </si>
+  <si>
+    <t>HN-M-0820-0036</t>
+  </si>
+  <si>
+    <t>20/08/2024</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>ARSA-0319-R-1090</t>
+  </si>
+  <si>
+    <t>NERVIOVITAL 25000 / DROGUERÍA EUROPEA S.A., HONDURAS.</t>
+  </si>
+  <si>
+    <t>HN-M-0319-0030</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>ARSA-0619-R-0215</t>
+  </si>
+  <si>
+    <t>ZESTRIL 10 MG / ASTRAZENECA UK LIMITED, REINO UNIDO</t>
+  </si>
+  <si>
+    <t>HN-M-1019-0063</t>
+  </si>
+  <si>
+    <t>4/09/2024</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>33136</t>
+  </si>
+  <si>
+    <t>GLISULIN 1000 XR / MERCK, S.A., GUATEMALA</t>
+  </si>
+  <si>
+    <t>HN-M-0922-0008</t>
+  </si>
+  <si>
+    <t>13/09/2024</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>23755</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIRCERA/ F. HOFFMANN-LA ROCHE S.A, SUIZA. </t>
+  </si>
+  <si>
+    <t>HN-M-0518-0210</t>
+  </si>
+  <si>
+    <t>19/09/2024</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>09075</t>
+  </si>
+  <si>
+    <t>HALDOL/JANSSEN-CILAG S.A. DE C.V</t>
+  </si>
+  <si>
+    <t>HN-M-0118-0155</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>ARSA-0917-R-0442</t>
+  </si>
+  <si>
+    <t>FARMORUBICINA 50MG/25ML SOLUCION INYECTABLE</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0263</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>19122</t>
+  </si>
+  <si>
+    <t>AMOEBRIZ SABOR PLATANO / JANSSEN CILAG DE MÉXICO S. DE C.V</t>
+  </si>
+  <si>
+    <t>HN-M-0620-0075</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>18440</t>
+  </si>
+  <si>
+    <t>GLISULIN 500 XR.</t>
+  </si>
+  <si>
+    <t>HN-M-0420-0038</t>
+  </si>
+  <si>
+    <t>20/09/2024</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>ARSA-1218-R-0379</t>
+  </si>
+  <si>
+    <t>CELLCEPT 500 MG COMPRIMIDOS RECUBIERTOS / F.HOFFMAN LA ROCHE S.A,</t>
+  </si>
+  <si>
+    <t>HN-M-0219-0148</t>
+  </si>
+  <si>
+    <t>7/10/2024</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>17371</t>
+  </si>
+  <si>
+    <t>CYTOSAR</t>
+  </si>
+  <si>
+    <t>HN-M-0818-0137</t>
+  </si>
+  <si>
+    <t>8/10/2024</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>19816</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMIKAYECT®/LABORATORIOS GROSSMAN S. A./MEXICO </t>
+  </si>
+  <si>
+    <t>HN-M-0621-0153</t>
+  </si>
+  <si>
+    <t>15/10/2024</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>ARSA-0123-R-0040</t>
+  </si>
+  <si>
+    <t>GLUCONATO DE CLORHEXIDINA</t>
+  </si>
+  <si>
+    <t>HN-M-0323-0002</t>
+  </si>
+  <si>
+    <t>16/10/2024</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>ARSA-0619-R-0214</t>
+  </si>
+  <si>
+    <t>ZESTRIL 20 MG</t>
+  </si>
+  <si>
+    <t>HN-M-1019-0062</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>P38266</t>
+  </si>
+  <si>
+    <t>ELIQUIS 2.5 MG</t>
+  </si>
+  <si>
+    <t>HN-M-1118-0019</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>32105</t>
+  </si>
+  <si>
+    <t>DUROGESIC 50 μG/H / LABORATORIOS ETHNOR DEL ISTMO S.A</t>
+  </si>
+  <si>
+    <t>HN-M-0218-0013</t>
+  </si>
+  <si>
+    <t>18/10/2024</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>RM-6485-10</t>
+  </si>
+  <si>
+    <t>HULCER 30 mg CAPSULAS CON GRANULOS ENTERICOS</t>
+  </si>
+  <si>
+    <t>RMH-PF-44532</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>P52110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIPROGENTA CREMA 0.5 MG/1.0 MG </t>
+  </si>
+  <si>
+    <t>HN-M-0518-0101</t>
+  </si>
+  <si>
+    <t>22/10/2024</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>20160</t>
+  </si>
+  <si>
+    <t>PROGYNOVA / BAYER AG</t>
+  </si>
+  <si>
+    <t>HN-M-0721-0070</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>06641</t>
+  </si>
+  <si>
+    <t>CIPROXINA</t>
+  </si>
+  <si>
+    <t>HN-M-1120-0008</t>
+  </si>
+  <si>
+    <t>8/11/2024</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>VENTOLIN 2mg/5mL SOLUCIÓN ORAL</t>
+  </si>
+  <si>
+    <t>HN-M-0122-0187</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>30475</t>
+  </si>
+  <si>
+    <t>NORVIR.</t>
+  </si>
+  <si>
+    <t>13/11/2024</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>ARSA-1121-R-1060</t>
+  </si>
+  <si>
+    <t>SUNITINIB 50MG SANDOZ CAPSULAS / SANDOZ GMBH, KUNDL</t>
+  </si>
+  <si>
+    <t>HN-M-0522-0101</t>
+  </si>
+  <si>
+    <t>19/11/2024</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>ARSA-1121-R-1059</t>
+  </si>
+  <si>
+    <t>SUNITINIB 25MG SANDOZ CAPSULAS</t>
+  </si>
+  <si>
+    <t>HN-M-0522-0100</t>
+  </si>
+  <si>
+    <t>20/11/2024</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>19231</t>
+  </si>
+  <si>
+    <t>TOPAMAX / JANSSEN CILAG S.A DE C.V</t>
+  </si>
+  <si>
+    <t>HN-M-0620-0002</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>ARSA-0917-R-0443</t>
+  </si>
+  <si>
+    <t>ZAVEDOS</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0262</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>P38340</t>
+  </si>
+  <si>
+    <t>ELIQUIS 5 MG/PFIZER ZONA FRANCA, S.A</t>
+  </si>
+  <si>
+    <t>HN-M-1118-0020</t>
+  </si>
+  <si>
+    <t>25/11/2024</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>18405</t>
+  </si>
+  <si>
+    <t>REMINYL ER/JANSSEN-CILAG S.A DE C.V</t>
+  </si>
+  <si>
+    <t>HN-M-1020-0076</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>19233</t>
+  </si>
+  <si>
+    <t>ACETATO DE LEUPROLIDA SANDOZ/SANDOZ GMBH</t>
+  </si>
+  <si>
+    <t>HN-M-1120-0048</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>ARSA-0421-R-0936</t>
+  </si>
+  <si>
+    <t>TENORMIN 100 MG/ASTRAZENECA S.A DE C.V</t>
+  </si>
+  <si>
+    <t>HN-M-1121-0037</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>ARSA-0120-R-0419</t>
+  </si>
+  <si>
+    <t>SUNITINIB 50 MG SANDOZ CÁPSULAS/SANDOZ GMBH</t>
+  </si>
+  <si>
+    <t>HN-M-0620-0013</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>22373</t>
+  </si>
+  <si>
+    <t>PLENDIL</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0136</t>
+  </si>
+  <si>
+    <t>3/12/2024</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>18406</t>
+  </si>
+  <si>
+    <t>REMINYL ER</t>
+  </si>
+  <si>
+    <t>HN-M-1120-0082</t>
+  </si>
+  <si>
+    <t>18/12/2024</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>ARSA-0421-R-0937</t>
+  </si>
+  <si>
+    <t>TENORMIN 50 MG</t>
+  </si>
+  <si>
+    <t>HN-M-1021-0097</t>
+  </si>
+  <si>
+    <t>19/12/2024</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>21533</t>
+  </si>
+  <si>
+    <t>DAIVOBET.</t>
+  </si>
+  <si>
+    <t>HN-M-0122-0162</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>´01656</t>
+  </si>
+  <si>
+    <t>GABBRORAL.</t>
+  </si>
+  <si>
+    <t>HN-M-0918-0044</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>ARSA-0820-R-0611</t>
+  </si>
+  <si>
+    <t>INDERAL 10 mg / ASTRAZENECA AB SUECIA</t>
+  </si>
+  <si>
+    <t>HN-M-0321-0075</t>
+  </si>
+  <si>
+    <t>27/12/2024</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>P41727</t>
+  </si>
+  <si>
+    <t>DAIVOBET / LEO PHARMA A/S</t>
+  </si>
+  <si>
+    <t>HN-M-1020-0098</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
     <t>22372</t>
   </si>
   <si>
-    <t>PLENDIL</t>
-[...1 lines deleted...]
-  <si>
     <t>HN-M-1017-0181</t>
   </si>
   <si>
-    <t>ASTRAZENECA AB,</t>
-[...32 lines deleted...]
-    <t>2</t>
+    <t>3/01/2025</t>
+  </si>
+  <si>
+    <t>93</t>
   </si>
   <si>
     <t>P52798</t>
   </si>
   <si>
     <t>ALERXY 1MG/ML</t>
   </si>
   <si>
     <t>HN-M-1118-0114</t>
   </si>
   <si>
-    <t>LABORATORIOS SYNTHESIS S.A.S. ,</t>
-[...11 lines deleted...]
-    <t>3</t>
+    <t>94</t>
   </si>
   <si>
     <t>ARSA-0820-R-0612</t>
   </si>
   <si>
     <t>INDERAL 40 MG.</t>
   </si>
   <si>
     <t>HN-M-0221-0066</t>
   </si>
   <si>
-    <t>bcantarero7@gmail.com</t>
-[...14 lines deleted...]
-    <t>4</t>
+    <t>6/01/2025</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>28050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CIKALMA FIEBRE/ LABORATORIO HENIE FARMA S. DE R.L., HONDURAS </t>
+  </si>
+  <si>
+    <t>HN-M-0121-0027</t>
+  </si>
+  <si>
+    <t>30/01/2025</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>30638</t>
+  </si>
+  <si>
+    <t>LOPID 600MG TABLETAS / PFIZER S.A DE C.V, MEXICO</t>
+  </si>
+  <si>
+    <t>HN-M-0318-0011</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>ARSA-1019-R-0793</t>
+  </si>
+  <si>
+    <t>AFRIN INFANTIL 0.025% SOLUCIÓN NASAL (GOTAS)./BAYER S.A, GUATEMALA.</t>
+  </si>
+  <si>
+    <t>HN-M-0220-0051</t>
+  </si>
+  <si>
+    <t>98</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>DIPROSONE</t>
+    <t>DIPROSONE/ ORGANON HEIST BV</t>
   </si>
   <si>
     <t>HN-M-0518-0223</t>
   </si>
   <si>
-    <t>ORGANON HEIST BV</t>
-[...20 lines deleted...]
-    <t>5</t>
+    <t>99</t>
+  </si>
+  <si>
+    <t>ARSA-0917-R-0002</t>
+  </si>
+  <si>
+    <t>CELESTONE CRONODOSE SUSPENSIÓN INYECTABLE</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0079</t>
+  </si>
+  <si>
+    <t>21/02/2025</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>30854</t>
+  </si>
+  <si>
+    <t>CANCIDAS</t>
+  </si>
+  <si>
+    <t>HN-M-1221-0050</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>ARSA-1017-R-0602</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LONSURF 15 MG / 6.14 MG </t>
+  </si>
+  <si>
+    <t>HN-M-1217-0241</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>23479</t>
+  </si>
+  <si>
+    <t>CHAPSTICK LIP BALM HUMECTANTE LABIAL SABOR YERBABUENA..</t>
+  </si>
+  <si>
+    <t>HN-C-0318-0001</t>
+  </si>
+  <si>
+    <t>27/02/2025</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>27627</t>
+  </si>
+  <si>
+    <t>NEURONTIN 400 MG/UPJOHN EXPORT BV SUCURSAL COSTA RICA</t>
+  </si>
+  <si>
+    <t>HN-M-1119-0068</t>
+  </si>
+  <si>
+    <t>5/03/2025</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>ARSA-1017-R-0601</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> LONSURF 20 MG / 8.19 MG/LES LABORATORIES SERVIER, FRANCIA. </t>
+  </si>
+  <si>
+    <t>HN-M-1217-0240</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>ARSA-0721-R-0502</t>
+  </si>
+  <si>
+    <t>TENORETIC 50 MG/12.5 MG/ASTRAZENECA UK LIMITED / REINO UNIDO</t>
+  </si>
+  <si>
+    <t>HN-M-0122-0095</t>
+  </si>
+  <si>
+    <t>106</t>
   </si>
   <si>
     <t>ARSA-0721-R-0501</t>
   </si>
   <si>
     <t>TENORETIC 100/25 MG</t>
   </si>
   <si>
     <t>HN-M-0122-0100</t>
   </si>
   <si>
-    <t>ASTRAZENECA UK LIMITED</t>
-[...17 lines deleted...]
-    <t>6</t>
+    <t>6/03/2025</t>
+  </si>
+  <si>
+    <t>107</t>
   </si>
   <si>
     <t>17663</t>
   </si>
   <si>
-    <t>ENEAS 10 / 20 MG / COMPRIMIDO.</t>
+    <t>ENEAS 10 / 20 MG / COMPRIMIDO</t>
   </si>
   <si>
     <t>HN-M-0119-0036</t>
   </si>
   <si>
-    <t>FERRER INTERNACIONAL, S.A.,</t>
-[...17 lines deleted...]
-    <t>7</t>
+    <t>108</t>
+  </si>
+  <si>
+    <t>ARSA-0819-R-0821</t>
+  </si>
+  <si>
+    <t>BETOPTIC S SUSPENSIÓN OFTÁLMICA 0.25% / NEOLAB SOLUCOES FARMACEUTICAS ESTEREIS DO BRASIL LTDA</t>
+  </si>
+  <si>
+    <t>HN-M-0320-0040</t>
+  </si>
+  <si>
+    <t>109</t>
   </si>
   <si>
     <t>15859</t>
   </si>
   <si>
     <t>FLIXONASE AQUA SPRAY NASAL.</t>
   </si>
   <si>
     <t>HN-M-1017-0064</t>
   </si>
   <si>
-    <t>GLAXOSMITHKLINE S.A.,</t>
-[...44 lines deleted...]
-    <t>9</t>
+    <t>110</t>
+  </si>
+  <si>
+    <t>P49249</t>
+  </si>
+  <si>
+    <t>EVISTA 60 MG COMPRIMIDOS RECUBIERTOS</t>
+  </si>
+  <si>
+    <t>HN-M-0322-0086</t>
+  </si>
+  <si>
+    <t>12/03/2025</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>ARSA-0321-R-0884</t>
+  </si>
+  <si>
+    <t>ROZLYTREK 100 mg CÁPSULAS DURAS</t>
+  </si>
+  <si>
+    <t>HN-M-0821-0146</t>
+  </si>
+  <si>
+    <t>13/03/2025</t>
+  </si>
+  <si>
+    <t>112</t>
   </si>
   <si>
     <t>ARSA-0321-R-0440</t>
   </si>
   <si>
     <t>ROZLYTREK 200 MG CÁPSULAS DURAS.</t>
   </si>
   <si>
     <t>HN-M-0821-0143</t>
   </si>
   <si>
-    <t>F. HOFFMANN-LA ROCHE S.A.,</t>
-[...23 lines deleted...]
-    <t>11</t>
+    <t>113</t>
+  </si>
+  <si>
+    <t>29337</t>
+  </si>
+  <si>
+    <t>HUMALOG MIX 50 KWIKPEN</t>
+  </si>
+  <si>
+    <t>HN-BT-1120-0003</t>
+  </si>
+  <si>
+    <t>BIOTECNOLÓGICO</t>
+  </si>
+  <si>
+    <t>114</t>
   </si>
   <si>
     <t>P46251</t>
   </si>
   <si>
-    <t>ZYPREXA 10 MG COMPRIMIDOS RECUBIERTOS</t>
+    <t>ZYPREXA 10 MG COMPRIMIDOS RECUBIERTOS / LILLY S.A.</t>
   </si>
   <si>
     <t>HN-M-0218-0053</t>
   </si>
   <si>
-    <t>LILLY S.A.</t>
-[...11 lines deleted...]
-    <t>12</t>
+    <t>17/03/2025</t>
+  </si>
+  <si>
+    <t>115</t>
   </si>
   <si>
     <t>17370</t>
   </si>
   <si>
-    <t xml:space="preserve">CYTOSAR </t>
+    <t>CYTOSAR .</t>
   </si>
   <si>
     <t>HN-M-0818-0136</t>
   </si>
   <si>
-    <t>PFIZER ITALIA S. R. L. , LATINA ITALIA</t>
-[...32 lines deleted...]
-    <t>14</t>
+    <t>25/03/2025</t>
+  </si>
+  <si>
+    <t>116</t>
   </si>
   <si>
     <t>P46215</t>
   </si>
   <si>
     <t>ZYPREXA 5 MG COMPRIMIDOS RECUBIERTOS</t>
   </si>
   <si>
     <t>HN-M-0218-0054</t>
   </si>
   <si>
-    <t xml:space="preserve">+504 33762809   </t>
-[...5 lines deleted...]
-    <t>15</t>
+    <t>26/03/2025</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>P46019</t>
+  </si>
+  <si>
+    <t>KINEPTIA 75 mg CAPSULAS</t>
+  </si>
+  <si>
+    <t>HN-M-1121-0066</t>
+  </si>
+  <si>
+    <t>7/04/2025</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>P40585</t>
+  </si>
+  <si>
+    <t>INVOKANA</t>
+  </si>
+  <si>
+    <t>HN-M-0621-0232</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>21401</t>
+  </si>
+  <si>
+    <t>FUCIDIN H CREMA TÓPICA</t>
+  </si>
+  <si>
+    <t>HN-M-0222-0090</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>P40584</t>
+  </si>
+  <si>
+    <t>INVOKANA./ETHNOR DEL ISTMO S.A.,PANAMÁ.</t>
+  </si>
+  <si>
+    <t>HN-M-0221-0112</t>
+  </si>
+  <si>
+    <t>10/04/2025</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>29112</t>
+  </si>
+  <si>
+    <t>BUSCAPINA/SANOFI-AVENTIS DE PANAMA S.A.., PANAMÁ.</t>
+  </si>
+  <si>
+    <t>HN-M-0221-0102</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>36723</t>
+  </si>
+  <si>
+    <t>INLYTA./PFIZER EUROPE MA EEIG, BÉLGICA.</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0516</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>08805</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WINASORB GOTAS / OPELLA HEALTHCARE PANAMA S.A. </t>
+  </si>
+  <si>
+    <t>HN-M-0822-0148</t>
+  </si>
+  <si>
+    <t>11/04/2025</t>
+  </si>
+  <si>
+    <t>124</t>
   </si>
   <si>
     <t>27136</t>
   </si>
   <si>
-    <t>MAALOX REFLUX.</t>
+    <t>MAALOX REFLUX</t>
   </si>
   <si>
     <t>HN-M-1120-0061</t>
   </si>
   <si>
-    <t>SANOFI AVENTIS DE MEXICO S.A. DE C.V.,</t>
-[...29 lines deleted...]
-    <t xml:space="preserve">MAALOX </t>
+    <t>125</t>
+  </si>
+  <si>
+    <t>03190</t>
+  </si>
+  <si>
+    <t>MAALOX</t>
   </si>
   <si>
     <t>HN-M-0120-0046</t>
   </si>
   <si>
-    <t>17</t>
+    <t>126</t>
+  </si>
+  <si>
+    <t>ARSA-0522-R-1145</t>
+  </si>
+  <si>
+    <t>BRAFTOVI 50MG CÁPSULAS</t>
+  </si>
+  <si>
+    <t>HN-M-0722-0057</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>36722</t>
+  </si>
+  <si>
+    <t>INLYTA</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0526</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>18474</t>
+  </si>
+  <si>
+    <t>MUCOSOLVAN</t>
+  </si>
+  <si>
+    <t>HN-M-0121-0004</t>
+  </si>
+  <si>
+    <t>29/04/2025</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>18613</t>
+  </si>
+  <si>
+    <t>BUSCAPINA</t>
+  </si>
+  <si>
+    <t>HN-M-0121-0005</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>26803</t>
+  </si>
+  <si>
+    <t>BERODUAL PA, AEROSOL DE DOSIS MEDIDAS.</t>
+  </si>
+  <si>
+    <t>HN-M-0120-0039</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>22838</t>
+  </si>
+  <si>
+    <t>MACRODANTINA/BOEHRINGER INGELHEIM PROMECO S.A DE C.V , MÉXICO</t>
+  </si>
+  <si>
+    <t>HN-M-0318-0142</t>
+  </si>
+  <si>
+    <t>7/05/2025</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>15707-A</t>
+  </si>
+  <si>
+    <t>ARIXTRA 2.5 MG / 0.5 ML SOLUCION INYECTABLE/ASPEN LABS S.A DE C.V.,MÉXICO.</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0230</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>13747</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIFLONIDE BREEZHALER 200MCG POLVO EN CAPSULAS PARA INHALACIÓN./NOVARTIS PHARMA AG, BASILEA, SUIZA. </t>
+  </si>
+  <si>
+    <t>HN-M-1017-0191</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>P38758</t>
+  </si>
+  <si>
+    <t>BENEFIX 500 UI</t>
+  </si>
+  <si>
+    <t>HN-BT-1219-0001</t>
+  </si>
+  <si>
+    <t>8/05/2025</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>ARSA-1222-R-0490</t>
+  </si>
+  <si>
+    <t>VYDURA 75MG./PFIZER ZONA FRANCA S.A.,COSTA RICA</t>
+  </si>
+  <si>
+    <t>HN-M-0323-0034</t>
+  </si>
+  <si>
+    <t>14/05/2025</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>05129</t>
+  </si>
+  <si>
+    <t>MAALOX SUSPENSIÓN/SANOFI AVENTIS DE MÉXICO S.A. DE C.V.,MÉXICO</t>
+  </si>
+  <si>
+    <t>HN-M-1120-0062</t>
+  </si>
+  <si>
+    <t>137</t>
   </si>
   <si>
     <t>29904</t>
   </si>
   <si>
     <t>CATAFLAM SUSPENSION.</t>
   </si>
   <si>
     <t>HN-M-1220-0117</t>
   </si>
   <si>
-    <t>NOVARTIS FARMACEUTICA S.A (A.C.),</t>
-[...17 lines deleted...]
-    <t>18</t>
+    <t>138</t>
   </si>
   <si>
     <t>P45476</t>
   </si>
   <si>
     <t>KINEPTIA 150MG CAPSULAS.</t>
   </si>
   <si>
     <t>HN-M-1118-0005</t>
   </si>
   <si>
-    <t>SANDOZ GMBH KUNDL</t>
-[...14 lines deleted...]
-    <t>19</t>
+    <t>139</t>
   </si>
   <si>
     <t>36087</t>
   </si>
   <si>
     <t>XUNIRO.</t>
   </si>
   <si>
     <t>HN-M-0618-0133</t>
   </si>
   <si>
-    <t>SANOFI AVENTIS DE COLOMBIA, S.A.,</t>
-[...17 lines deleted...]
-    <t>20</t>
+    <t>140</t>
+  </si>
+  <si>
+    <t>P49882</t>
+  </si>
+  <si>
+    <t>BASAGLAR KWIKPEN 100 U/ML INYECTOR DISPOSITIVO PRELLENADO DESCARTABLE SOLUCIÓN INYECTABLE</t>
+  </si>
+  <si>
+    <t>HN-BT-0322-0003</t>
+  </si>
+  <si>
+    <t>27/05/2025</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>30064</t>
+  </si>
+  <si>
+    <t>ONBRIZE BREEZHALER./NOVARTIS PHARMA AG, SUIZA</t>
+  </si>
+  <si>
+    <t>HN-M-1020-0006</t>
+  </si>
+  <si>
+    <t>28/05/2025</t>
+  </si>
+  <si>
+    <t>142</t>
   </si>
   <si>
     <t>P48388</t>
   </si>
   <si>
     <t>ATORGRAS 20MG TABLETAS RECUBIERTAS.</t>
   </si>
   <si>
     <t>HN-M-0922-0009</t>
   </si>
   <si>
-    <t>LUVECK MEDICAL CORP</t>
-[...23 lines deleted...]
-    <t>21</t>
+    <t>2/06/2025</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>15018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SYMBICORT TURBUHALER/ASTRAZENECA AB SUECIA,SUECIA </t>
+  </si>
+  <si>
+    <t>HN-M-0122-0007</t>
+  </si>
+  <si>
+    <t>5/06/2025</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>13748</t>
+  </si>
+  <si>
+    <t>MIFLONIDE BREEZHALER 400MCG POLVO EN CAPSULAS PARA INHALACION.</t>
+  </si>
+  <si>
+    <t>HN-M-0922-0007</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>22541</t>
+  </si>
+  <si>
+    <t>SECOTEX OCAS</t>
+  </si>
+  <si>
+    <t>HN-M-0118-0199</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>30063</t>
+  </si>
+  <si>
+    <t>ONBRIZE BREEZHALER</t>
+  </si>
+  <si>
+    <t>HN-M-0521-0070</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>30724</t>
+  </si>
+  <si>
+    <t>SIFROL® ER</t>
+  </si>
+  <si>
+    <t>HN-M-0521-0076</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>ARSA-1220-R-0993</t>
+  </si>
+  <si>
+    <t>UPBRAVI 200 μg / ETHNOR DEL ISTMO S.A., PANAMÁ</t>
+  </si>
+  <si>
+    <t>HN-M-0621-0106</t>
+  </si>
+  <si>
+    <t>23/06/2025</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>ARSA-1220-R-0996</t>
+  </si>
+  <si>
+    <t>UPBRAVI 600 μg / ETHNOR DEL ISTMO S.A., PANAMÁ</t>
+  </si>
+  <si>
+    <t>HN-M-0621-0112</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>ARSA1220-R-0998</t>
+  </si>
+  <si>
+    <t>UPBRAVI 800 μg / ETHNOR DEL ISTMO S.A., PANAMÁ</t>
+  </si>
+  <si>
+    <t>HN-M-0621-0114</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>ARSA-1020-R-1276</t>
+  </si>
+  <si>
+    <t>OPSUMIT 10 MG COMPRIMIDOS RECUBÍERTOS CON PELÍCULA/ETHNOR DEL ISTMO S.A, PANAMÁ</t>
+  </si>
+  <si>
+    <t>HN-M-0321-0074</t>
+  </si>
+  <si>
+    <t>24/06/2025</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>16575</t>
+  </si>
+  <si>
+    <t>RISPERDAL CONSTA. /ETHNOR DEL ISTMO S.A, PANAMÁ</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0198</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>32108</t>
+  </si>
+  <si>
+    <t>INVEGA 3 MG COMPRIMIDOS DE LIBERACIÓN PROLONGADA/ETHNOR DEL ISTMO S.A., PANAMÁ</t>
+  </si>
+  <si>
+    <t>HN-M-0222-0014</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>ARSA-1222-R-0106</t>
+  </si>
+  <si>
+    <t>SIMPONI®</t>
+  </si>
+  <si>
+    <t>HN-BT-0623-0002</t>
+  </si>
+  <si>
+    <t>155</t>
   </si>
   <si>
     <t>05591</t>
   </si>
   <si>
     <t>CORDARONE</t>
   </si>
   <si>
     <t>HN-M-1221-0104</t>
   </si>
   <si>
-    <t xml:space="preserve"> SANOFI AVENTIS FRANCE</t>
-[...18 lines deleted...]
-    <t>22</t>
+    <t>26/06/2025</t>
+  </si>
+  <si>
+    <t>156</t>
   </si>
   <si>
     <t>36086</t>
   </si>
   <si>
     <t>XUNIRO</t>
   </si>
   <si>
     <t>HN-M-0618-0134</t>
   </si>
   <si>
-    <t>SANOFI AVENTIS DE COLOMBIA S.A.</t>
-[...12 lines deleted...]
-    <t>23</t>
+    <t>157</t>
   </si>
   <si>
     <t>30726</t>
   </si>
   <si>
-    <t>SIFROL® ER</t>
-[...1 lines deleted...]
-  <si>
     <t>HN-M-0521-0072</t>
   </si>
   <si>
-    <t>BOEHRINGER INGELHEIM PROMECO S.A. DE C.V</t>
-[...22 lines deleted...]
-    <t>24</t>
+    <t>158</t>
   </si>
   <si>
     <t>30727</t>
   </si>
   <si>
     <t>SIFROL® ER.</t>
   </si>
   <si>
     <t>HN-M-0521-0074</t>
   </si>
   <si>
-    <t xml:space="preserve">BOEHRINGER INGELHEIM PROMECO S.A. DE C.V. </t>
-[...2 lines deleted...]
-    <t>25</t>
+    <t>159</t>
   </si>
   <si>
     <t>29281</t>
   </si>
   <si>
     <t>VELCADE 3.5 mg POLVO LIOFILIZADO PARA INYECCIÓN.</t>
   </si>
   <si>
     <t>HN-M-0621-0148</t>
   </si>
   <si>
-    <t>ETHNOR DEL ISTMO S, A</t>
-[...8 lines deleted...]
-    <t>26</t>
+    <t>160</t>
   </si>
   <si>
     <t>ARSA-1220-R-0994</t>
   </si>
   <si>
     <t>UPBRAVI 400 μg</t>
   </si>
   <si>
     <t>HN-M-0621-0107</t>
   </si>
   <si>
-    <t>universal@hasther.com</t>
-[...2 lines deleted...]
-    <t>27</t>
+    <t>161</t>
   </si>
   <si>
     <t>ARSA-0219-R-0818</t>
   </si>
   <si>
     <t>INVEGA SUSTENNA ®</t>
   </si>
   <si>
     <t>HN-M-0319-0209</t>
   </si>
   <si>
-    <t>28</t>
+    <t>162</t>
   </si>
   <si>
     <t>ARSA-1220-R-0992</t>
   </si>
   <si>
     <t>UPBRAVI 1000 μg</t>
   </si>
   <si>
     <t>HN-M-0621-0105</t>
   </si>
   <si>
-    <t>29</t>
+    <t>163</t>
   </si>
   <si>
     <t>21404</t>
   </si>
   <si>
     <t>FUCICORT</t>
   </si>
   <si>
     <t>HN-M-0222-0136</t>
   </si>
   <si>
-    <t>LEO PHARMA A/S</t>
-[...17 lines deleted...]
-    <t>30</t>
+    <t>164</t>
   </si>
   <si>
     <t>33884</t>
   </si>
   <si>
-    <t>ZYTIGA.</t>
+    <t>ZYTIGA</t>
   </si>
   <si>
     <t>HN-M-0622-0017</t>
   </si>
   <si>
-    <t>ETHNOR DEL ISTMO S.A,</t>
-[...5 lines deleted...]
-    <t>31</t>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>ARSA-1217-R-0022</t>
+  </si>
+  <si>
+    <t>VITACOX® 90 MG TABLETAS RECUBIERTAS..</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0216</t>
+  </si>
+  <si>
+    <t>1/07/2025</t>
+  </si>
+  <si>
+    <t>166</t>
   </si>
   <si>
     <t>P47358</t>
   </si>
   <si>
-    <t xml:space="preserve">ZYKADIA 150MG CAPSULAS DE GELATINA DURA.
-</t>
+    <t>ZYKADIA 150MG CAPSULAS DE GELATINA DURA</t>
   </si>
   <si>
     <t>HN-M-0522-0128</t>
   </si>
   <si>
-    <t>NOVARTIS PHARMA AG.,</t>
-[...44 lines deleted...]
-    <t>¨05754</t>
+    <t>167</t>
+  </si>
+  <si>
+    <t>P43449</t>
+  </si>
+  <si>
+    <t>INTELENCE</t>
+  </si>
+  <si>
+    <t>HN-M-0520-0041</t>
+  </si>
+  <si>
+    <t>4/06/2025</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>ARSA-0721-R-0214</t>
+  </si>
+  <si>
+    <t>TYKERB 250 mg COMPRIMIDOS RECUBIERTOS CON PELICULA./: NOVARTIS PHARMA AG./SUIZA</t>
+  </si>
+  <si>
+    <t>HN-M-1221-0123</t>
+  </si>
+  <si>
+    <t>4/07/2025</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>ARSA-1219-R-1090</t>
+  </si>
+  <si>
+    <t>PREZCOBIX 800 MG/150 MG COMPRIMIDOS RECUBIERTOS/ETHNOR DEL ISTMO S, A,PANAMÁ.</t>
+  </si>
+  <si>
+    <t>HN-M-0420-0023</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>05754</t>
   </si>
   <si>
     <t>ETALPHA</t>
   </si>
   <si>
     <t>HN-M-1020-0096</t>
   </si>
   <si>
-    <t>CHEPLAPHARM ARZNEIMITTEL GMBH</t>
-[...14 lines deleted...]
-    <t>34</t>
+    <t>7/07/2025</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>ARSA-0222-R-0419</t>
+  </si>
+  <si>
+    <t>RONAPREVE SOLUCIÓN PARA INYECCIÓN O INFUSIÓN./F. HOFFMANN-LA ROCHE LTD.</t>
+  </si>
+  <si>
+    <t>HN-BT-0522-0001</t>
+  </si>
+  <si>
+    <t>8/07/2025</t>
+  </si>
+  <si>
+    <t>172</t>
   </si>
   <si>
     <t>ARSA-1217-R-0023</t>
   </si>
   <si>
-    <t>VITACOX® 120 MG TABLETAS RECUBIERTAS..</t>
+    <t>VITACOX® 120MG TABLETAS RECUBIERTAS</t>
   </si>
   <si>
     <t>HN-M-1217-0215</t>
   </si>
   <si>
-    <t>9/7/2025</t>
-[...2 lines deleted...]
-    <t>35</t>
+    <t>9/07/2025</t>
+  </si>
+  <si>
+    <t>173</t>
   </si>
   <si>
     <t>12694</t>
   </si>
   <si>
     <t>DIPRIVAN</t>
   </si>
   <si>
     <t>HN-M-0920-0019</t>
   </si>
   <si>
-    <t>ASPEN LABS S.A. DE C.V.,</t>
-[...17 lines deleted...]
-    <t>36</t>
+    <t>14/07/2025</t>
+  </si>
+  <si>
+    <t>174</t>
   </si>
   <si>
     <t>05758</t>
   </si>
   <si>
     <t>ETALPHA 1 MCG CAPSULAS</t>
   </si>
   <si>
     <t>HN-M-1020-0097</t>
   </si>
   <si>
-    <t>CHEPLAPHARM ARZNEIMITTEL GmbH</t>
-[...2 lines deleted...]
-    <t>BZCMX@leo-pharma.com</t>
+    <t>175</t>
+  </si>
+  <si>
+    <t>22791</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRUVADA /GILEAD SCIENCES INC,  ESTADOS UNIDOS DE AMERICA</t>
+  </si>
+  <si>
+    <t>HN-M-0818-0083</t>
+  </si>
+  <si>
+    <t>8/08/2025</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>ARSA-0418-R-0340</t>
+  </si>
+  <si>
+    <t>MOMETASYN / LABORATORIOS SYNTHESIS S.A.S., COLOMBIA</t>
+  </si>
+  <si>
+    <t>HN-M-0418-0021</t>
+  </si>
+  <si>
+    <t>11/08/2025</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>ARSA-1217-R-0370</t>
+  </si>
+  <si>
+    <t>COLGATE CLEAN MINT</t>
+  </si>
+  <si>
+    <t>HN-C-0118-0374</t>
+  </si>
+  <si>
+    <t>13/08/2025</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>P41987</t>
+  </si>
+  <si>
+    <t>DUOXTEN 500/50 MCG</t>
+  </si>
+  <si>
+    <t>HN-M-0120-0014</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>P41986</t>
+  </si>
+  <si>
+    <t>DUOXTEN 100/50 MCG / FAES FARMA S.A., ESPAÑA.</t>
+  </si>
+  <si>
+    <t>HN-M-1121-0056</t>
+  </si>
+  <si>
+    <t>15/08/2025</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>11607</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> NOVALGINA 300 MG SUPOSITORIOS.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>P41985</t>
+  </si>
+  <si>
+    <t>DUOXTEN 250/50 MCG</t>
+  </si>
+  <si>
+    <t>HN-M-1121-0054</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>30472</t>
+  </si>
+  <si>
+    <t>AMARYL M SR 2/850 MG.</t>
+  </si>
+  <si>
+    <t>19/08/2025</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>30746</t>
+  </si>
+  <si>
+    <t>NEOFLAX 4 MG COMPRIMIDOS.</t>
+  </si>
+  <si>
+    <t>HN-M-0521-0099</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>30471</t>
+  </si>
+  <si>
+    <t>AMARYL M SR 4/850 mg.</t>
+  </si>
+  <si>
+    <t>HN-M-1021-0007</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>36891</t>
+  </si>
+  <si>
+    <t>ELOXATIN 5MG/ML</t>
+  </si>
+  <si>
+    <t>HN-M-0118-0180</t>
+  </si>
+  <si>
+    <t>21/08/2025</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>ARSA-1020-R-0336</t>
+  </si>
+  <si>
+    <t>TRIVERAM 40 MG/10MG/10MG COMPRIMIDO RECUBIERTO CON PELICULA// LES LABORATOIRES SERVIER,FRANCIA</t>
+  </si>
+  <si>
+    <t>HN-M-0221-0011</t>
+  </si>
+  <si>
+    <t>22/08/2025</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>31808</t>
+  </si>
+  <si>
+    <t>AMISPED / SANOFI AVENTIS DE COLOMBIA S.A., COLOMBIA</t>
+  </si>
+  <si>
+    <t>HN-M-0222-0023</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>ARSA-0819-R-1015</t>
+  </si>
+  <si>
+    <t>COSYREL 10 MG / 5 MG COMPRIMIDO RECUBIERTO CON PELICULA./LES LABORATOIRES SERVIER , FRANCIA.</t>
+  </si>
+  <si>
+    <t>HN-M-1219-0032</t>
+  </si>
+  <si>
+    <t>26/08/2025</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>ARSA-0618-R-0067</t>
+  </si>
+  <si>
+    <t>CARIVALAN 6,25 MG / 7,5 MG/LES LABORATOIRES SERVIER , FRANCIA.</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0056</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>ARSA-0618-R-0068</t>
+  </si>
+  <si>
+    <t>CANCELACION DE REGISTRO</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0057</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>ARSA-0618-R-0069</t>
+  </si>
+  <si>
+    <t>CARIVALAN 25 MG / 7,5 MG / LES LABORATOIRES SERVIER , FRANCIA.</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0058</t>
+  </si>
+  <si>
+    <t>27/08/2025</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>ARSA-0618-R-0070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">"CARIVALAN 12,5 MG / 7,5 MG/LES LABORATOIRES SERVIER,  FRANCIA.  "</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0059</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>ARSA-0618-R-0071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CARIVALAN 25 MG / 5 MG / LES LABORATOIRES SERVIER,  FRANCIA.</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0060</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>ARSA-0618-R-0072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CARIVALAN 12,5 MG / 5 MG /LES LABORATOIRES SERVIER,  FRANCIA.</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0061</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>28823</t>
+  </si>
+  <si>
+    <t>SUFISAL./ LABORATORIOS SILANES S.A DE C.V, MÉXICO.</t>
+  </si>
+  <si>
+    <t>HN-M-0820-0025</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>21785</t>
+  </si>
+  <si>
+    <t>AMARYL 4 MG COMPRIMIDOS</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0416</t>
+  </si>
+  <si>
+    <t>28/08/2025</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>15147</t>
+  </si>
+  <si>
+    <t>GLUCANTIME</t>
+  </si>
+  <si>
+    <t>HN-M-0822-0064</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>ARSA-1020-R-0058</t>
+  </si>
+  <si>
+    <t>COVERSYL 5MG, COMPRIMIDOS ORODISPERSABLES, LES LABORATOIRES SERVIER, FRANCIA</t>
+  </si>
+  <si>
+    <t>HN-M-0121-0092</t>
+  </si>
+  <si>
+    <t>3/09/2025</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>32686</t>
+  </si>
+  <si>
+    <t>AMISPED</t>
+  </si>
+  <si>
+    <t>HN-M-0522-0104</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>21786</t>
+  </si>
+  <si>
+    <t>AMARYL</t>
+  </si>
+  <si>
+    <t>HN-M-0218-0105</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>30853</t>
+  </si>
+  <si>
+    <t>CANCIDAS // FAREVA MIRABEL, FRANCIA</t>
+  </si>
+  <si>
+    <t>HN-M-1221-0145</t>
+  </si>
+  <si>
+    <t>11/09/2025</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>19874</t>
+  </si>
+  <si>
+    <t>TEMODAL.</t>
+  </si>
+  <si>
+    <t>HN-M-0621-0091</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>05664</t>
+  </si>
+  <si>
+    <t>TRIVASTAL RETARD</t>
+  </si>
+  <si>
+    <t>HN-M-1120-0049</t>
+  </si>
+  <si>
+    <t>22/09/2025</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>ARSA-0824-R-0054</t>
+  </si>
+  <si>
+    <t>EDOXEMAT® 60MG / SANDOZ GMBH, KUNDL</t>
+  </si>
+  <si>
+    <t>HN-M-0325-0031</t>
+  </si>
+  <si>
+    <t>6/10/2025</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>ARSA-0824-RM-0037</t>
+  </si>
+  <si>
+    <t>JABON DE TOCADOR VINOLIA AROMA A MANZANILLA</t>
+  </si>
+  <si>
+    <t>PT-124143</t>
+  </si>
+  <si>
+    <t>14/10/2025</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>ARSA-0824-RM-0038</t>
+  </si>
+  <si>
+    <t>JABON DE TOCADOR VINOLIA AROMA A ALOE VERA</t>
+  </si>
+  <si>
+    <t>PT-124144</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>ARSA-0824-RM-0039</t>
+  </si>
+  <si>
+    <t>JABON DE TOCADOR VINOLIA AROMA A JAZMIN</t>
+  </si>
+  <si>
+    <t>PT-124372</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>06812</t>
+  </si>
+  <si>
+    <t>ENZYPRIDE</t>
+  </si>
+  <si>
+    <t>HN-M-0621-0131</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>ARSA-0824-R-0052</t>
+  </si>
+  <si>
+    <t>EDOXEMAT® 30MG</t>
+  </si>
+  <si>
+    <t>HN-M-0325-0034</t>
+  </si>
+  <si>
+    <t>17/09/2025</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>P48225</t>
+  </si>
+  <si>
+    <t>TARGEFLOX 500 MG.</t>
+  </si>
+  <si>
+    <t>HN-M-0518-0044</t>
+  </si>
+  <si>
+    <t>20/10/2025</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>14053</t>
+  </si>
+  <si>
+    <t>NOVOLIN 70/30</t>
+  </si>
+  <si>
+    <t>HN-BT-0622-0001</t>
+  </si>
+  <si>
+    <t>21/10/2025</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>P38590</t>
+  </si>
+  <si>
+    <t>VICTOZA</t>
+  </si>
+  <si>
+    <t>HN-BT-0619-0005</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>30728</t>
+  </si>
+  <si>
+    <t>SIFROL ER</t>
+  </si>
+  <si>
+    <t>HN-M-0521-0071</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>ARSA-1022-R-1041</t>
+  </si>
+  <si>
+    <t>EDVABAC ACINOTM 400 MG/57 MG POLVO PARA SUSPENSIÓN ORAL.</t>
+  </si>
+  <si>
+    <t>HN-M-0123-0063</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>ARSA-1223-R-0299</t>
+  </si>
+  <si>
+    <t>ROSASTINTM 10 MG / ACINO AG</t>
+  </si>
+  <si>
+    <t>HN-M-0524-0039</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>́06205</t>
+  </si>
+  <si>
+    <t>CISPLATINO 1 MG / ML INYECTABLE / PFIZER AUSTRALIA PTY LTD.</t>
+  </si>
+  <si>
+    <t>HN-M-1019-0115</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>24985</t>
+  </si>
+  <si>
+    <t>UNASYN ORAL.</t>
+  </si>
+  <si>
+    <t>HN-M-1018-0111</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>21405</t>
+  </si>
+  <si>
+    <t>FUCIDIN</t>
+  </si>
+  <si>
+    <t>HN-M-1221-0132</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>ARSA-1017-R-0137</t>
+  </si>
+  <si>
+    <t>EDVABAC 400MG/57MG POLVO PARA SUSPENSION ORAL.</t>
+  </si>
+  <si>
+    <t>HN-M-0518-0138</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>ARSA-1223-R-0300</t>
+  </si>
+  <si>
+    <t>ROSASTIN™ 20MG //ACINO AG ALEMANIA</t>
+  </si>
+  <si>
+    <t>HN-M-0524-0023</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>P49359</t>
+  </si>
+  <si>
+    <t>VYMADA 200MG COMPRIMIDOS RECUBIERTOS.</t>
+  </si>
+  <si>
+    <t>HN-M-0218-0040</t>
+  </si>
+  <si>
+    <t>4/11/2025</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>P49358</t>
+  </si>
+  <si>
+    <t>VYMADA 50 MG COMPRIMIDOS RECUBIERTOS//NOVARTIS OVERSEAS INVESTEMENTS A.G. SUIZA</t>
+  </si>
+  <si>
+    <t>HN-M-0218-0071</t>
+  </si>
+  <si>
+    <t>6/11/2025</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>ARSA-0221-R-0015</t>
+  </si>
+  <si>
+    <t>ENERZAIR BREEZHALER POLVO PARA INHALACION CAPSULAS DURAS 150/50/160 MICROGRAMOS</t>
+  </si>
+  <si>
+    <t>HN-M-0921-0016</t>
+  </si>
+  <si>
+    <t>7/11/2025</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>1725</t>
+  </si>
+  <si>
+    <t>DALACIN C</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0146</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>ARSA-0218-R-0419</t>
+  </si>
+  <si>
+    <t>" DESEMPACHO/ LABORATORIO PHARMA INTERNACIONAL S. DE R.L.,/ HONDURAS "</t>
+  </si>
+  <si>
+    <t>HN-M-0718-0045</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>ARSA-0619-R-0853</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPRAVATO(ESKETAMINA)28 MG SOLUCIÓN EN AEROSOL NASAL ./ETHNOR DEL ISTMO, S.A.,PANAMÁ. </t>
+  </si>
+  <si>
+    <t>HN-M-1219-0037</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>19518</t>
+  </si>
+  <si>
+    <t>GRIPEX ADULTO./ INDUSTRIA FARMACÉUTICA S.A. DE C.V (INFARMA),HONDURAS.</t>
+  </si>
+  <si>
+    <t>HN-M-1220-0032</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>P52231</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> POMALYST 1mg/BRISTOL-MYERS SQUIBB PHARMA EEIG , IRLANDA. </t>
+  </si>
+  <si>
+    <t>HN-M-0818-0162</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>P52454</t>
+  </si>
+  <si>
+    <t>REVLIMID 20MG/ CELGENE EUROPE LIMITED , REINO UNIDO.</t>
+  </si>
+  <si>
+    <t>HN-M-0818-0167</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>ARSA-0421-RM-0018</t>
+  </si>
+  <si>
+    <t>MINART PLUS 16 mg/12.5 mg COMPRIMIDOS RECUBIERTOS</t>
+  </si>
+  <si>
+    <t>RMH-PF-44898</t>
+  </si>
+  <si>
+    <t>10/11/2025</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>ARSA-0917-R-0347</t>
+  </si>
+  <si>
+    <t>EDVABAC 875MG/125MG.</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0080</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>ARSA-0221-R-0012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATECTURA BREEZHALER POLVO PARA INHALACION CAPSULAS DURAS 150/80 MICROGRAMOS / NOVARTIS PHARMA AG BASILEA, SUIZA </t>
+  </si>
+  <si>
+    <t>HN-M-0921-0005</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>ARSA-0221-R-0013</t>
+  </si>
+  <si>
+    <t>ATECTURA BREEZHALER POLVO PARA INHALACION CAPSULAS DURAS 150/320 MICROGRAMOS / NOVARTIS PHARMA AG BASILEA, SUIZA</t>
+  </si>
+  <si>
+    <t>HN-M-0721-0052</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>ARSA-0221-R-0014</t>
+  </si>
+  <si>
+    <t>ATECTURA BREEZHALER POLVO PARA INHALACION CAPSULAS DURAS 150/160 MICROGRAMOS / NOVARTIS PHARMA AG BASILEA, SUIZA</t>
+  </si>
+  <si>
+    <t>HN-M-0821-0068</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>20551</t>
+  </si>
+  <si>
+    <t>EXJADE</t>
+  </si>
+  <si>
+    <t>HN-M-0222-0061</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>ARSA-0917-R-0438</t>
+  </si>
+  <si>
+    <t>ADRIBLASTINA 10MG/5ML / PFIZER PERTH PTY LIMITED</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0139</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>ARSA-0917-R-0440</t>
+  </si>
+  <si>
+    <t>ADRIBLASTINA 50MG/25ML / PFIZER PERTH PTY LIMITED</t>
+  </si>
+  <si>
+    <t>HN-M-1217-0140</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>33231</t>
+  </si>
+  <si>
+    <t>UXIGRIL 4 mg TABLETA MASTICABLE.</t>
+  </si>
+  <si>
+    <t>HN-M-1117-0211</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>12753</t>
+  </si>
+  <si>
+    <t>LEUCOVORINA CÁLCICA</t>
+  </si>
+  <si>
+    <t>HN-M-0420-0034</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>P49360</t>
+  </si>
+  <si>
+    <t>VYMADA 100MG COMPRIMIDOS RECUBIERTOS.</t>
+  </si>
+  <si>
+    <t>HN-M-0218-0072</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>06210</t>
+  </si>
+  <si>
+    <t>VINCRISTINA.</t>
+  </si>
+  <si>
+    <t>HN-M-0120-0059</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>ARSA-1217-R-0605</t>
+  </si>
+  <si>
+    <t>METOTREXATO 2.5MG / SANDOZ GMBH</t>
+  </si>
+  <si>
+    <t>HN-M-0618-0281</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>ARSA-0923-R-0320</t>
+  </si>
+  <si>
+    <t>PALBOCICLIB 125 MG SANDOZ CAPSULAS</t>
+  </si>
+  <si>
+    <t>HN-M-0224-0093</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>ARSA-1021-R-0788</t>
+  </si>
+  <si>
+    <t>PREVYMIS® 240 MG/12 ML CONCENTRADO PARA SOLUCIÓN PARA PERFUSIÓN.</t>
+  </si>
+  <si>
+    <t>HN-M-1221-0044</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>7411</t>
+  </si>
+  <si>
+    <t>CLEXANE</t>
+  </si>
+  <si>
+    <t>HN-BI-1022-0002</t>
+  </si>
+  <si>
+    <t>PRODCUTO BIOLOGICO</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>ARSA-0624-R-0244</t>
+  </si>
+  <si>
+    <t>EPROLIV® MET 50MG/1000MG COMPRIMIDOS RECUBIERTOS</t>
+  </si>
+  <si>
+    <t>HN-M-0225-0063</t>
+  </si>
+  <si>
+    <t>5/01/2026</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>20550</t>
+  </si>
+  <si>
+    <t>EXJADE.</t>
+  </si>
+  <si>
+    <t>HN-M-0222-0060</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>21406</t>
+  </si>
+  <si>
+    <t>FUCIDIN.</t>
+  </si>
+  <si>
+    <t>HN-M-0222-0137</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Ultima actualización: 26/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr codeName=""/>
-  <dimension ref="A1:O37"/>
+  <dimension ref="A1:G250"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
-    <col min="2" max="2" width="17.262863159179688" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="15" width="9.140625" customWidth="1"/>
+    <col min="2" max="2" width="29.91408920288086" customWidth="1"/>
+    <col min="3" max="3" width="120.28143310546875" customWidth="1"/>
+    <col min="4" max="4" width="23.43808364868164" customWidth="1"/>
+    <col min="5" max="5" width="21.21394157409668" customWidth="1"/>
+    <col min="6" max="6" width="11.610426902770996" customWidth="1"/>
+    <col min="7" max="7" width="11.115262985229492" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="0" t="s">
-[...22 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>21</v>
-[...23 lines deleted...]
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>36</v>
-[...23 lines deleted...]
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>21</v>
-[...23 lines deleted...]
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>53</v>
-[...23 lines deleted...]
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>63</v>
-[...23 lines deleted...]
-        <v>67</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>68</v>
+        <v>33</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>74</v>
-[...23 lines deleted...]
-        <v>67</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>79</v>
+        <v>39</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>84</v>
-[...23 lines deleted...]
-        <v>67</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>91</v>
+        <v>46</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>92</v>
+        <v>47</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>93</v>
+        <v>12</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>93</v>
-[...23 lines deleted...]
-        <v>67</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>97</v>
+        <v>49</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>98</v>
+        <v>50</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>101</v>
+        <v>53</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>103</v>
-[...23 lines deleted...]
-        <v>67</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>105</v>
+        <v>54</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>106</v>
+        <v>55</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>107</v>
+        <v>56</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>108</v>
+        <v>57</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>103</v>
-[...23 lines deleted...]
-        <v>67</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>110</v>
+        <v>60</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>112</v>
+        <v>62</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>114</v>
-[...23 lines deleted...]
-        <v>67</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>117</v>
+        <v>63</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>118</v>
+        <v>64</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>119</v>
+        <v>65</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>120</v>
+        <v>62</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>114</v>
-[...23 lines deleted...]
-        <v>67</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>126</v>
+        <v>67</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>127</v>
+        <v>68</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>128</v>
+        <v>69</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>129</v>
+        <v>11</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>130</v>
-[...23 lines deleted...]
-        <v>67</v>
+        <v>58</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>132</v>
+        <v>70</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>133</v>
+        <v>71</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>134</v>
+        <v>72</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>135</v>
+        <v>73</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>129</v>
+        <v>11</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>136</v>
-[...23 lines deleted...]
-        <v>67</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>138</v>
+        <v>74</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>139</v>
+        <v>75</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>140</v>
+        <v>76</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>141</v>
+        <v>77</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>142</v>
+        <v>11</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>143</v>
+        <v>12</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>144</v>
-[...23 lines deleted...]
-        <v>149</v>
+        <v>78</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>150</v>
+        <v>79</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>151</v>
+        <v>80</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>152</v>
+        <v>81</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>142</v>
+        <v>11</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>143</v>
+        <v>12</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>144</v>
-[...23 lines deleted...]
-        <v>149</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>155</v>
+        <v>84</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>156</v>
+        <v>72</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>157</v>
+        <v>85</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>158</v>
+        <v>11</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>159</v>
+        <v>12</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>160</v>
-[...23 lines deleted...]
-        <v>163</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>164</v>
+        <v>87</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>165</v>
+        <v>88</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>166</v>
+        <v>89</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>167</v>
+        <v>90</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>168</v>
+        <v>11</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>169</v>
-[...23 lines deleted...]
-        <v>163</v>
+        <v>91</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>173</v>
+        <v>92</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>174</v>
+        <v>93</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>175</v>
+        <v>94</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>176</v>
+        <v>95</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>177</v>
+        <v>53</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>178</v>
+        <v>12</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>179</v>
-[...23 lines deleted...]
-        <v>163</v>
+        <v>96</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>183</v>
+        <v>97</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>184</v>
+        <v>98</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>185</v>
+        <v>99</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>186</v>
+        <v>100</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>187</v>
+        <v>11</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>188</v>
+        <v>12</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>189</v>
-[...23 lines deleted...]
-        <v>194</v>
+        <v>101</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>195</v>
+        <v>102</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>196</v>
+        <v>103</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>197</v>
+        <v>104</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>198</v>
+        <v>105</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>199</v>
+        <v>11</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>201</v>
-[...23 lines deleted...]
-        <v>194</v>
+        <v>106</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>205</v>
+        <v>107</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>206</v>
+        <v>108</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>207</v>
+        <v>109</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>201</v>
-[...23 lines deleted...]
-        <v>194</v>
+        <v>111</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>213</v>
+        <v>112</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>214</v>
+        <v>113</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>215</v>
+        <v>114</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>216</v>
+        <v>115</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>217</v>
+        <v>11</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>218</v>
+        <v>12</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>219</v>
-[...23 lines deleted...]
-        <v>194</v>
+        <v>116</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>223</v>
+        <v>117</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>224</v>
+        <v>118</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>225</v>
+        <v>119</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>226</v>
+        <v>120</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>227</v>
+        <v>11</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>218</v>
+        <v>12</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>219</v>
-[...23 lines deleted...]
-        <v>194</v>
+        <v>121</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>228</v>
+        <v>122</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>229</v>
+        <v>123</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>230</v>
+        <v>124</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>231</v>
+        <v>125</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>232</v>
+        <v>11</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>114</v>
-[...23 lines deleted...]
-        <v>194</v>
+        <v>126</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>235</v>
+        <v>127</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>236</v>
+        <v>128</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>237</v>
+        <v>129</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>238</v>
+        <v>130</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>232</v>
+        <v>11</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>114</v>
-[...23 lines deleted...]
-        <v>194</v>
+        <v>131</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>240</v>
+        <v>132</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>241</v>
+        <v>133</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>242</v>
+        <v>134</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>243</v>
+        <v>135</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>232</v>
+        <v>53</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>114</v>
-[...23 lines deleted...]
-        <v>194</v>
+        <v>136</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>244</v>
+        <v>137</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>245</v>
+        <v>138</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>246</v>
+        <v>139</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>247</v>
+        <v>140</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>232</v>
+        <v>141</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>114</v>
-[...23 lines deleted...]
-        <v>194</v>
+        <v>142</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>248</v>
+        <v>143</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>249</v>
+        <v>144</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>250</v>
+        <v>145</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>251</v>
+        <v>146</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>252</v>
+        <v>141</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>253</v>
+        <v>12</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>254</v>
-[...23 lines deleted...]
-        <v>194</v>
+        <v>142</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>258</v>
+        <v>147</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>259</v>
+        <v>148</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>260</v>
+        <v>149</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>261</v>
+        <v>150</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>262</v>
+        <v>11</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>130</v>
-[...23 lines deleted...]
-        <v>194</v>
+        <v>151</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>264</v>
+        <v>152</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>265</v>
+        <v>153</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>266</v>
+        <v>154</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>267</v>
+        <v>155</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>268</v>
+        <v>11</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>269</v>
+        <v>12</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>270</v>
-[...23 lines deleted...]
-        <v>274</v>
+        <v>151</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>275</v>
+        <v>156</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>276</v>
+        <v>157</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>277</v>
+        <v>158</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>278</v>
+        <v>159</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>279</v>
+        <v>11</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>280</v>
-[...23 lines deleted...]
-        <v>274</v>
+        <v>151</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>282</v>
+        <v>160</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>283</v>
+        <v>161</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>284</v>
+        <v>162</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>285</v>
+        <v>163</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>286</v>
+        <v>11</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>287</v>
-[...23 lines deleted...]
-        <v>274</v>
+        <v>151</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>291</v>
+        <v>164</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>292</v>
+        <v>165</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>293</v>
+        <v>166</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>294</v>
+        <v>167</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>279</v>
+        <v>11</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>280</v>
-[...23 lines deleted...]
-        <v>274</v>
+        <v>168</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>296</v>
+        <v>169</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>297</v>
+        <v>170</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>298</v>
+        <v>171</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>299</v>
+        <v>172</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>300</v>
+        <v>141</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>301</v>
+        <v>12</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>302</v>
-[...23 lines deleted...]
-        <v>274</v>
+        <v>173</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="E37" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="F37" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" s="0" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="E38" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" s="0" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E39" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="F39" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" s="0" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="E40" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" s="0" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="E41" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" s="0" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="E42" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" s="0" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="E43" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" s="0" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="E44" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" s="0" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="E45" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" s="0" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="0" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="E47" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" s="0" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="E48" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" s="0" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="E49" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="0" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" s="0" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="E51" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" s="0" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="E52" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" s="0" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" s="0" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="E54" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" s="0" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="E55" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" s="0" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="E56" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="0" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="E57" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="E58" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" s="0" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="E59" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" s="0" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="E60" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" s="0" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="E61" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" s="0" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="E62" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" s="0" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="E63" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" s="0" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="E64" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" s="0" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="E65" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" s="0" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>306</v>
       </c>
-      <c r="B37" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="E66" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="D37" s="0" t="s">
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="E37" s="0" t="s">
+      <c r="B67" s="0" t="s">
         <v>310</v>
       </c>
-      <c r="F37" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="G37" s="0" t="s">
-[...24 lines deleted...]
-        <v>274</v>
+      <c r="D67" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="E67" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" s="0" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="E68" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" s="0" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="E69" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" s="0" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="E70" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" s="0" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="E71" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" s="0" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="E72" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" s="0" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="E73" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" s="0" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="E74" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" s="0" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="E75" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" s="0" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="E76" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" s="0" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="E77" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" s="0" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="E78" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" s="0" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="E79" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" s="0" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="E80" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" s="0" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="E81" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" s="0" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="E82" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" s="0" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="E83" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" s="0" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="E84" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F84" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G84" s="0" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="E85" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G85" s="0" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="E86" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F86" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G86" s="0" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="E87" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F87" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G87" s="0" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="D88" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="E88" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F88" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G88" s="0" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="E89" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F89" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G89" s="0" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="E90" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F90" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G90" s="0" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="E91" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F91" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G91" s="0" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="D92" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="E92" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F92" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" s="0" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="D93" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E93" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F93" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G93" s="0" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="E94" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F94" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G94" s="0" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="E95" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" s="0" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="E96" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G96" s="0" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="E97" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F97" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G97" s="0" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="E98" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G98" s="0" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="E99" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F99" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G99" s="0" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="E100" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F100" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G100" s="0" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="D101" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="E101" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G101" s="0" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="D102" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="E102" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F102" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G102" s="0" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="E103" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="F103" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G103" s="0" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="D104" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="E104" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F104" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G104" s="0" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="E105" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F105" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G105" s="0" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="E106" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F106" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G106" s="0" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="D107" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="E107" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F107" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G107" s="0" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="E108" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G108" s="0" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="D109" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="E109" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F109" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G109" s="0" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="E110" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F110" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G110" s="0" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="E111" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F111" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G111" s="0" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="E112" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G112" s="0" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="E113" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" s="0" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="E114" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G114" s="0" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="E115" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G115" s="0" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="E116" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F116" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G116" s="0" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="E117" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G117" s="0" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="E118" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F118" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G118" s="0" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="E119" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F119" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G119" s="0" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="E120" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F120" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G120" s="0" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="E121" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G121" s="0" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="E122" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F122" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G122" s="0" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="E123" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F123" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G123" s="0" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="E124" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F124" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G124" s="0" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="E125" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F125" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G125" s="0" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="E126" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F126" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G126" s="0" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="E127" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F127" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G127" s="0" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="E128" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F128" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G128" s="0" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="E129" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F129" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G129" s="0" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="D130" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="E130" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F130" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G130" s="0" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="E131" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F131" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G131" s="0" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="D132" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="E132" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F132" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G132" s="0" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="E133" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F133" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G133" s="0" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>606</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="E134" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F134" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G134" s="0" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="E135" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="F135" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G135" s="0" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="D136" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="E136" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F136" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G136" s="0" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>620</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="D137" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="E137" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F137" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G137" s="0" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="E138" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F138" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G138" s="0" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="E139" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F139" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G139" s="0" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="E140" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F140" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G140" s="0" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="D141" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="E141" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F141" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G141" s="0" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="D142" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="E142" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F142" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G142" s="0" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="0" t="s">
+        <v>645</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="E143" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F143" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G143" s="0" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>651</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="D144" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="E144" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F144" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G144" s="0" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="B145" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="D145" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="E145" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F145" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G145" s="0" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="E146" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F146" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G146" s="0" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="E147" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F147" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G147" s="0" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="D148" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="E148" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F148" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G148" s="0" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>672</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="E149" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F149" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G149" s="0" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="0" t="s">
+        <v>676</v>
+      </c>
+      <c r="B150" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="E150" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F150" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G150" s="0" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="0" t="s">
+        <v>680</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="D151" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="E151" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F151" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G151" s="0" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="D152" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="E152" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F152" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G152" s="0" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="D153" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="E153" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F153" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G153" s="0" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="D154" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="E154" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F154" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G154" s="0" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="D155" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="E155" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F155" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G155" s="0" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="D156" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="E156" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F156" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G156" s="0" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="E157" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F157" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G157" s="0" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="B158" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="D158" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="E158" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F158" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G158" s="0" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="B159" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="D159" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="E159" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F159" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G159" s="0" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="D160" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="E160" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F160" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G160" s="0" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="D161" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="E161" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F161" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G161" s="0" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="D162" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="E162" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F162" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G162" s="0" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="D163" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="E163" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F163" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G163" s="0" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="D164" s="0" t="s">
+        <v>736</v>
+      </c>
+      <c r="E164" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F164" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G164" s="0" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>738</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="D165" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="E165" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F165" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G165" s="0" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="D166" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="E166" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F166" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G166" s="0" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="D167" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="E167" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F167" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G167" s="0" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="s">
+        <v>751</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>753</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="E168" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F168" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G168" s="0" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>758</v>
+      </c>
+      <c r="D169" s="0" t="s">
+        <v>759</v>
+      </c>
+      <c r="E169" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F169" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G169" s="0" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="s">
+        <v>761</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>762</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="E170" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F170" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G170" s="0" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="D171" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="E171" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F171" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G171" s="0" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>772</v>
+      </c>
+      <c r="D172" s="0" t="s">
+        <v>773</v>
+      </c>
+      <c r="E172" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F172" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G172" s="0" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>776</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="D173" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="E173" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F173" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G173" s="0" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="D174" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="E174" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F174" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G174" s="0" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>786</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="D175" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="E175" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F175" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G175" s="0" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="D176" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="E176" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F176" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G176" s="0" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="E177" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F177" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G177" s="0" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="D178" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="E178" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="F178" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G178" s="0" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="E179" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F179" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G179" s="0" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="E180" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F180" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G180" s="0" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="E181" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F181" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G181" s="0" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="s">
+        <v>816</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="E182" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F182" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G182" s="0" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>821</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>822</v>
+      </c>
+      <c r="D183" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="E183" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F183" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G183" s="0" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="s">
+        <v>824</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>826</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>827</v>
+      </c>
+      <c r="E184" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F184" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G184" s="0" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="s">
+        <v>828</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>831</v>
+      </c>
+      <c r="E185" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F185" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G185" s="0" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="s">
+        <v>832</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="E186" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F186" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G186" s="0" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="D187" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="E187" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F187" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G187" s="0" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="s">
+        <v>842</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="E188" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F188" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G188" s="0" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="s">
+        <v>846</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>847</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="D189" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="E189" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F189" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G189" s="0" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="D190" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="E190" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F190" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G190" s="0" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="D191" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="E191" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F191" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G191" s="0" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="B192" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>861</v>
+      </c>
+      <c r="D192" s="0" t="s">
+        <v>862</v>
+      </c>
+      <c r="E192" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F192" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G192" s="0" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>865</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>866</v>
+      </c>
+      <c r="D193" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="E193" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F193" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G193" s="0" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="B194" s="0" t="s">
+        <v>869</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>870</v>
+      </c>
+      <c r="D194" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="E194" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F194" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G194" s="0" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>874</v>
+      </c>
+      <c r="D195" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="E195" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F195" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G195" s="0" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="D196" s="0" t="s">
+        <v>879</v>
+      </c>
+      <c r="E196" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F196" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G196" s="0" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="s">
+        <v>880</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="D197" s="0" t="s">
+        <v>883</v>
+      </c>
+      <c r="E197" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F197" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G197" s="0" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="s">
+        <v>885</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="C198" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="D198" s="0" t="s">
+        <v>888</v>
+      </c>
+      <c r="E198" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F198" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G198" s="0" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="s">
+        <v>889</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="D199" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="E199" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F199" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G199" s="0" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>895</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>896</v>
+      </c>
+      <c r="D200" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="E200" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F200" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G200" s="0" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="D201" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="E201" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F201" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G201" s="0" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="s">
+        <v>903</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>904</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>905</v>
+      </c>
+      <c r="D202" s="0" t="s">
+        <v>906</v>
+      </c>
+      <c r="E202" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F202" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G202" s="0" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="0" t="s">
+        <v>908</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>909</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>910</v>
+      </c>
+      <c r="D203" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="E203" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F203" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G203" s="0" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>914</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="D204" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="E204" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F204" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G204" s="0" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>919</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="D205" s="0" t="s">
+        <v>921</v>
+      </c>
+      <c r="E205" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F205" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G205" s="0" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="s">
+        <v>923</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>924</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>925</v>
+      </c>
+      <c r="D206" s="0" t="s">
+        <v>926</v>
+      </c>
+      <c r="E206" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="F206" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G206" s="0" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="s">
+        <v>928</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>929</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="D207" s="0" t="s">
+        <v>931</v>
+      </c>
+      <c r="E207" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="F207" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G207" s="0" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="0" t="s">
+        <v>932</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="D208" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="E208" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="F208" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G208" s="0" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="0" t="s">
+        <v>936</v>
+      </c>
+      <c r="B209" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>938</v>
+      </c>
+      <c r="D209" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="E209" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F209" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G209" s="0" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>942</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>943</v>
+      </c>
+      <c r="D210" s="0" t="s">
+        <v>944</v>
+      </c>
+      <c r="E210" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F210" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G210" s="0" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>947</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="D211" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="E211" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F211" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G211" s="0" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="C212" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="D212" s="0" t="s">
+        <v>954</v>
+      </c>
+      <c r="E212" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="F212" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G212" s="0" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="0" t="s">
+        <v>956</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>957</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>958</v>
+      </c>
+      <c r="D213" s="0" t="s">
+        <v>959</v>
+      </c>
+      <c r="E213" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="F213" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G213" s="0" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="0" t="s">
+        <v>960</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>962</v>
+      </c>
+      <c r="D214" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="E214" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F214" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G214" s="0" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="0" t="s">
+        <v>965</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>968</v>
+      </c>
+      <c r="E215" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F215" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G215" s="0" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="0" t="s">
+        <v>969</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>970</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>972</v>
+      </c>
+      <c r="E216" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F216" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G216" s="0" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="0" t="s">
+        <v>973</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>974</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>975</v>
+      </c>
+      <c r="D217" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="E217" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F217" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G217" s="0" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="B218" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>979</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>980</v>
+      </c>
+      <c r="E218" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F218" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G218" s="0" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="0" t="s">
+        <v>982</v>
+      </c>
+      <c r="B219" s="0" t="s">
+        <v>983</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="D219" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="E219" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F219" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G219" s="0" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="0" t="s">
+        <v>987</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>988</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>989</v>
+      </c>
+      <c r="D220" s="0" t="s">
+        <v>990</v>
+      </c>
+      <c r="E220" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F220" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G220" s="0" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="s">
+        <v>992</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>993</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>994</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>995</v>
+      </c>
+      <c r="E221" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F221" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G221" s="0" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="s">
+        <v>997</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>998</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="D222" s="0" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E222" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F222" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G222" s="0" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B223" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C223" s="0" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D223" s="0" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E223" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F223" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G223" s="0" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B224" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C224" s="0" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D224" s="0" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E224" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F224" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G224" s="0" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B225" s="0" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D225" s="0" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E225" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F225" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G225" s="0" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B226" s="0" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C226" s="0" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D226" s="0" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E226" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F226" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G226" s="0" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B227" s="0" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D227" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E227" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F227" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G227" s="0" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B228" s="0" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D228" s="0" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E228" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F228" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G228" s="0" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B229" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C229" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D229" s="0" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E229" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F229" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G229" s="0" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B230" s="0" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C230" s="0" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D230" s="0" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E230" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F230" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G230" s="0" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B231" s="0" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D231" s="0" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E231" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F231" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G231" s="0" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D232" s="0" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E232" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F232" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G232" s="0" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B233" s="0" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D233" s="0" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E233" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F233" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G233" s="0" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="0" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B234" s="0" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D234" s="0" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E234" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F234" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G234" s="0" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="0" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B235" s="0" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C235" s="0" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D235" s="0" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E235" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F235" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G235" s="0" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="0" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B236" s="0" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C236" s="0" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E236" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F236" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G236" s="0" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="0" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B237" s="0" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C237" s="0" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D237" s="0" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E237" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F237" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G237" s="0" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="0" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B238" s="0" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C238" s="0" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D238" s="0" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E238" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F238" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G238" s="0" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="0" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B239" s="0" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C239" s="0" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D239" s="0" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E239" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F239" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G239" s="0" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="0" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B240" s="0" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C240" s="0" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D240" s="0" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E240" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F240" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G240" s="0" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="0" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B241" s="0" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C241" s="0" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D241" s="0" t="s">
+        <v>1084</v>
+      </c>
+      <c r="E241" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F241" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G241" s="0" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="0" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B242" s="0" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C242" s="0" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D242" s="0" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E242" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F242" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G242" s="0" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="0" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B243" s="0" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C243" s="0" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D243" s="0" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E243" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F243" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G243" s="0" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="0" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B244" s="0" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D244" s="0" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E244" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F244" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G244" s="0" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="0" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B245" s="0" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D245" s="0" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E245" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F245" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G245" s="0" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="0" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B246" s="0" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D246" s="0" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E246" s="0" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F246" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G246" s="0" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="0" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B247" s="0" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D247" s="0" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E247" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F247" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G247" s="0" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="0" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B248" s="0" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D248" s="0" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E248" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F248" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G248" s="0" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="0" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B249" s="0" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C249" s="0" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D249" s="0" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E249" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F249" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G249" s="0" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="0" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B250" s="0" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C250" s="0" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D250" s="0" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E250" s="0" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F250" s="0" t="s">
+        <v>1122</v>
+      </c>
+      <c r="G250" s="0" t="s">
+        <v>1122</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>