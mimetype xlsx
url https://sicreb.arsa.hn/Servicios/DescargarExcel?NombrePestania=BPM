--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -4,909 +4,492 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Registros" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
-[...1 lines deleted...]
-    <t>n</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="123">
+  <si>
+    <t>No</t>
   </si>
   <si>
     <t>NUMERO DE EXPEDIENTE</t>
   </si>
   <si>
     <t>NOMBRE DEL ESTABLECIMIENTO</t>
   </si>
   <si>
     <t>ESTADO</t>
   </si>
   <si>
     <t xml:space="preserve">ENLACE </t>
   </si>
   <si>
     <t>FECHA DE VIGENCIA</t>
   </si>
   <si>
     <t xml:space="preserve">FORMAS FARMACEUTICAS </t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>ARSA-0922-BPM-0003</t>
-[...2 lines deleted...]
-    <t>LABORATORIO COSMETICOS INDUSTRIAS CHAMER</t>
+    <t>ARSA-0723-BPM-0001</t>
+  </si>
+  <si>
+    <t>INFRA DE HONDURAS S.A. DE C.V. (TGU)</t>
   </si>
   <si>
     <t>VIGENTE</t>
   </si>
   <si>
-    <t>BPM COS ARSA-0923-BPM-0001</t>
-[...6 lines deleted...]
-</t>
+    <t>CERTIFICADO BPM: ARSA-0723-BPM-0001</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>CONFORME: GASES MEDICINALES</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>ARSA-0323-BPM-0004</t>
-[...11 lines deleted...]
-    <t>CONFORME: AEROSOL (AGUA TERMAL)</t>
+    <t>ARSA-0624-BPM-0001 / ARSA-1124-BPM-0002</t>
+  </si>
+  <si>
+    <t>LABORATORIOS ANDIFAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CERTIFICADO BPM: ARSA-1124-BPM-0002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30/07/2026        31/12/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONFORME: SÓLIDOS:  CÁPSULA CUBIERTA DURA, TABLETAS  O COMPRIMIDOS, ÓVULOS, JABONES MEDICADOS, LÍQUIDOS: OTRAS SOLUCIONES, JARABE, ELÍXIR, SEMI-SÓLIDOS: CREMA, SUSPENSIÓN, UNGÜENTO, GELES
+CONFORME ESTERILES: soluciones estériles, suspensiones estériles, ungüento oftálmico, polvo para reconstituir solución esteril </t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>ARSA-0423-BPM-0001</t>
-[...437 lines deleted...]
-    <t>ARSA-1221-BPM-0005</t>
+    <t>ARSA-1123-BPM-0001</t>
   </si>
   <si>
     <t xml:space="preserve">LABORATORIOS FARSIMAN, S.A. TAMBIÉN CONOCIDO  COMO FARSIMAN O LABORATORIOS BENESSI O SIMPLEMENTE BENESSI</t>
   </si>
   <si>
     <t>CERTIFICADO BPM: ARSA-1123-BPM-0001</t>
   </si>
   <si>
-    <t>8/2/2026</t>
+    <t>08/02/2026</t>
   </si>
   <si>
     <t xml:space="preserve">CONFORME: GAS: / GAS: NO APLICA , SÓLIDOS: CÁPSULAS DE CUBIERTA DURA, CÁPSULAS BLANDAS, TABLETAS O COMPRIMIDOS, TABLETAS RECUBIERTAS O COMPRIMIDOS RECUBIERTOS, TABLETAS MASTICABLES, TABLETAS DE LIBERACIÓN PROLONGADA, TABLETAS DE LIBERACIÓN RETARDADA, POLVOS / POWDER
 LÍQUIDOS:  OTRAS SOLUCIONES, SOLUCIÓN TÓPICA Y ORAL, JARABE, ELÍXIR, TINTURA .
 SEMISÓLIDOS: CREMA, LOCIÓN, SUSPENSIÓN TÓPICA, SUSPENSIÓN ORAL, EMULSIÓN, UNGÜENTO, GELES.
 PROCESOS DE EMPAQUE PRIMARIO Y SECUNDARIO
 </t>
   </si>
   <si>
-    <t>28</t>
-[...2 lines deleted...]
-    <t>ARSA-0122-BPM-0002</t>
+    <t>4</t>
+  </si>
+  <si>
+    <t>ARSA-0224-BPM-0002</t>
+  </si>
+  <si>
+    <t>INFRA DE HONDURAS S.A. DE C.V. (SPS)</t>
+  </si>
+  <si>
+    <t>CERTIFICADO BPM: ARSA-0224-BPM-0002</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>CONFORME: GAS: GASES MEDICINALES</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>ARSA-0224-BPM-0001</t>
   </si>
   <si>
     <t>LABORATORIO PHARMA INTERNACIONAL S DE R.L</t>
   </si>
   <si>
     <t>CERTIFICADO BPM: ARSA-0224-BPM-0001</t>
   </si>
   <si>
-    <t>11/3/2026</t>
+    <t>11/03/2026</t>
   </si>
   <si>
     <t>CONFORME: BETALACTAMICOS, SÓLIDOS: POLVOS PARA RECONSTITUIR, LÍQUIDOS: OTRAS SOLUCIONES, JARABE, SEMI-SÓLIDOS: CREMA, LOCIÓN, SUSPENSIÓN, GELES.</t>
   </si>
   <si>
-    <t>29</t>
-[...2 lines deleted...]
-    <t>ARSA-0422-BPM-0001</t>
+    <t>6</t>
+  </si>
+  <si>
+    <t>ARSA-0324-BPM-0003</t>
+  </si>
+  <si>
+    <t>LABORATORIOS FINLAY, S.A</t>
+  </si>
+  <si>
+    <t>06/05/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONFORME: SÓLIDOS: CÁPSULA CUBIERTA DURA, TABLETAS  O COMPRIMIDOS, GRÁNULOS CONVENCIONALES, POLVOS, LÍQUIDOS: OTRAS SOLUCIONES, JARABE, SOLUCIONES ESTERILES, SEMI-SÓLIDOS: CREMA, SUSPENSIÓN, GELES. 
+Pendiente de presentación de plan de mejora tras ultima inspección en abril </t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>ARSA-0524-BPM-0001</t>
   </si>
   <si>
     <t>LABORATORIOS KARNEL, S. A.</t>
   </si>
   <si>
     <t>CERTIFICADO BPM: ARSA-0524-BPM-0001</t>
   </si>
   <si>
-    <t>12/6/2026</t>
+    <t>12/06/2026</t>
   </si>
   <si>
     <t xml:space="preserve">CONFORME: SÓLIDOS: CÁPSULA CUBIERTA DURA, TABLETAS RECUBIERTAS  O COMPRIMIDOS RECUBIERTOS, LÍQUIDOS: OTRAS SOLUCIONES , JARABE, SEMI-SÓLIDOS:  CREMA, SUSPENSIÓN , UNGÜENTO.
 </t>
   </si>
   <si>
-    <t>30</t>
-[...21 lines deleted...]
-    <t>ARSA-0822-BPM-0001</t>
+    <t>8</t>
+  </si>
+  <si>
+    <t>ARSA-0924-BPM-0001</t>
   </si>
   <si>
     <t>LABORATORIO COMPAÑÍA FARMACÉUTICA MC</t>
   </si>
   <si>
     <t>CERTIFICADO BPM_ ARSA-0924-BPM-0001.pptx</t>
   </si>
   <si>
-    <t>5/11/2026</t>
+    <t>05/11/2026</t>
   </si>
   <si>
     <t xml:space="preserve">CONFORME: SÓLIDOS: TABLETAS  O COMPRIMIDOS, TABLETAS RECUBIERTAS  O COMPRIMIDOS RECUBIERTOS, POLVOS PARA RECONSTITUIR LÍQUIDOS: OTRAS SOLUCIONES, JARABE
 SEMI-SÓLIDOS: CREMA, SUSPENSIÓN, GELES
 </t>
   </si>
   <si>
-    <t>32</t>
-[...3 lines deleted...]
-</t>
+    <t>9</t>
+  </si>
+  <si>
+    <t>ARSA-1024-BPM-0001</t>
   </si>
   <si>
     <t xml:space="preserve">INDUSTRIA FARMACÉUTICA S.A. DE C.V. (INFARMA)
 </t>
   </si>
   <si>
     <t>CERTIFICADO BPM_ ARSA-1024-BPM-0001.pptx</t>
   </si>
   <si>
     <t>27/11/2026</t>
   </si>
   <si>
     <t xml:space="preserve">CONFORME: SÓLIDOS: CÁPSULA CUBIERTA DURA, TABLETAS  O COMPRIMIDOS, GRÁNULOS CONVENCIONALES, TABLETAS MASTICABLES , LÍQUIDOS: OTRAS SOLUCIONES, JARABE, ELÍXIR, SEMI-SÓLIDOS:  CREMA, UNGÜENTO, GELES</t>
   </si>
   <si>
-    <t>33</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">CONFORME: SÓLIDOS: CÁPSULA CUBIERTA DURA, CÁPSULA BLANDA, TABLETAS  O COMPRIMIDOS, SUPOSITORIO, ÓVULO, GRAGEAS, LÍQUIDOS: AEROSOL, JARABE, CHAMPÚ, SOLUCIÓN OFTÁLMICA, SOLUCIÓN INYECTABLE, OTRAS SOLUCIONES, SEMI-SÓLIDOS: CREMA, LOCIÓN, ESPUMA, SUSPENSIÓN, UNGUENTO, GELES
+    <t>10</t>
+  </si>
+  <si>
+    <t>ARSA-0425-BPM-0001</t>
+  </si>
+  <si>
+    <t>CORPORACION INDUSTRIAL FARMACEUTICA S.A. DE C.V.</t>
+  </si>
+  <si>
+    <t>CERTIFICADO BPM: ARSA-0425-BPM-0001</t>
+  </si>
+  <si>
+    <t>09/05/2027</t>
+  </si>
+  <si>
+    <t>CONFORME: CÁPSULA CUBIERTA DURA, TABLETAS O COMPRIMIDOS. TABLETAS RECUBIERTAS O COMPRIMIDOS RECUBIERTOS, POLVOS Y GRÁNULOS PARA RECONSTITUIR. LÍQUIDOS: SOLUCIÓN, OTRAS SOLUCIONES: (JARABE, SUSPENSION) SEMISÓLIDOS: CREMA, GELES. PROCESOS DE EMPAQUE PRIMARIO Y SECUNDARIO.</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>ARSA-0325-BPM-0001</t>
+  </si>
+  <si>
+    <t>LABORATORIO HENIE FARMA S.DE.R.L.</t>
+  </si>
+  <si>
+    <t>CERTIFICADO BPM: ARSA-0325-BPM-0001</t>
+  </si>
+  <si>
+    <t>15/06/2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONFORME: SÓLIDOS: TABLETAS  O COMPRIMIDOS, LÍQUIDOS: OTRAS SOLUCIONES, JARABE. SEMI-SÓLIDOS: CREMA, SUSPENSIÓN, GELES.
 </t>
   </si>
   <si>
-    <t>34</t>
-[...23 lines deleted...]
-    <t>29/6/2025</t>
+    <t>12</t>
+  </si>
+  <si>
+    <t>ARSA-0625-BPM-0001</t>
+  </si>
+  <si>
+    <t>COSMETICA INTERNACIONAL S.A. DE C.V. (COINSA)</t>
+  </si>
+  <si>
+    <t>CERTIFICADO BPM: ARSA-0625-BPM-0001</t>
+  </si>
+  <si>
+    <t>11/07/0207</t>
   </si>
   <si>
     <t xml:space="preserve">CONFORME: SÓLIDOS:  POLVOS, LÍQUIDOS:  OTRAS SOLUCIONES, JARABE, ESPRAY, SEMI-SÓLIDOS: CREMA, SUSPENSIÓN, UNGÜENTO, GELES</t>
   </si>
   <si>
-    <t>36</t>
-[...2 lines deleted...]
-    <t>ARSA-0623-BPM-0001</t>
+    <t>13</t>
+  </si>
+  <si>
+    <t>ARSA-0725-BPM-0002</t>
+  </si>
+  <si>
+    <t>QUIMICAS HANDAL DE CENTROAMERICA S.A. DE C.V.</t>
+  </si>
+  <si>
+    <t>CERTIFICADO BPM: ARSA-0725-BPM-0002</t>
+  </si>
+  <si>
+    <t>22/09/2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONFORME: LÍQUIDOS: AEROSOL, SEMI-SÓLIDOS: CREMA, UNGÜENTO, GELES </t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>ARSA-0825-BPM-0001</t>
   </si>
   <si>
     <t>PHARMAETICA LABORATORIOS S.A DE C.V.</t>
   </si>
   <si>
-    <t>CERTIFICADO BPM: ARSA-0623-BPM-0001</t>
-[...2 lines deleted...]
-    <t>16/10/2025</t>
+    <t>CERTIFICADO BPM: ARSA-0825-BPM-0001</t>
+  </si>
+  <si>
+    <t>27/11/2027</t>
   </si>
   <si>
     <t xml:space="preserve">CONFORME: SÓLIDOS:  CÁPSULA CUBIERTA DURA, TABLETAS  O COMPRIMIDOS, POLVOS PARA RECONSTITUIR, LÍQUIDOS:  OTRAS SOLUCIONES, JARABE, CHAMPÚ, SEMI-SÓLIDOS: CREMA, SUSPENSIÓN, UNGÜENTO, GELES </t>
   </si>
   <si>
-    <t>37</t>
-[...89 lines deleted...]
-    <t xml:space="preserve">NO CUMPLE: SÓLIDOS: CÁPSULA BLANDA, POLVOS LÍQUIDOS: LÍQUIDO (DIFERENTE A SOLUCIONES) SEMI-SÓLIDOS: CREMA, UNGÜENTO, GELES
+    <t>15</t>
+  </si>
+  <si>
+    <t>ARSA-1025-BPM-0002</t>
+  </si>
+  <si>
+    <t>LABORATORIO COSMETICOS INDUSTRIAS CHAMER</t>
+  </si>
+  <si>
+    <t>BPM COS ARSA-1025-BPM-0002</t>
+  </si>
+  <si>
+    <t>19/12/2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONFORME: JABONES, PRODUCTO PARA EL CABELLO Y EL CUERO CABELLUDO, PRODUCTOS DESODORANTES Y ANTITRANSPIRANTES, CREMAS, EMULSIONES, LOCIONES, GELES Y ACEITES PERFUMADAS O NO, PERFUMES, AGUAS DE TOCADOR, AGUAS DE COLONIA. OTROS.
 </t>
   </si>
   <si>
-    <t>43</t>
-[...17 lines deleted...]
-    <t>NO CONFORME: SÓLIDOS: / SOLIDS: CÁPSULA CUBIERTA DURA / HARD COVER CAPSULE, POLVOS / POWDER, LÍQUIDOS: / LIQUIDS: JARABE / SYRUP, SEMI-SÓLIDOS: / SEMI-SOLIDS: NO APLICA.</t>
+    <t>16</t>
+  </si>
+  <si>
+    <t>ARSA-0625-BPM-0004</t>
+  </si>
+  <si>
+    <t>HUSH COSMETIC PRODUCTS S. DE R.L. DE C.V.</t>
+  </si>
+  <si>
+    <t>BPM COS ARSA-0625-BPM-0004</t>
+  </si>
+  <si>
+    <t>14/08/2026</t>
+  </si>
+  <si>
+    <t>CONFORME: JABONES, PRODUCTOS PARA BAÑO DE INMERSIÓN ( SALES, ESPUMAS, ETC), PRODUCTO PARA EL CABELLO Y EL CUERO CABELLUDO, PRODUCTOS PARA DESPUÉS DEL AFEITADO, CREMAS, EMULSIONES, LOCIONES, GELES Y ACEITES PERFUMADAS O NO, MASCARILLAS CORPORALES O FACIALES, PRODUCTOS PARA MAQUILLAR O DESMAQUILLAR, PRODUCTOS PARA UÑAS Y CUTÍCULA, PRODUCTOS PARA EL ÁREA DE LOS OJOS, PRODUCTOS BLOQUEADORES O BRONCEADORES, PERFUMES, AGUAS DE TOCADOR, AGUAS DE COLONIA., OTROS.</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>ARSA-0125-BPM-0001</t>
+  </si>
+  <si>
+    <t>BPM COS ARSA-0125-BPM-0001</t>
+  </si>
+  <si>
+    <t>12/02/2027</t>
+  </si>
+  <si>
+    <t>CONFORME: JABONES</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>ARSA-0325-BPM-0002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORPORACIÓN DINANT, S.A. DE C.V. </t>
+  </si>
+  <si>
+    <t>BPM COS ARSA-0325-BPM-0002.pptx</t>
+  </si>
+  <si>
+    <t>29/04/2027</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>ARSA-0625-BPM-0002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DESTILERIA CERRO AZUL S.A. DE C.V. </t>
+  </si>
+  <si>
+    <t>BPM COS ARSA-0625-BPM-0002</t>
+  </si>
+  <si>
+    <t>11/07/2027</t>
+  </si>
+  <si>
+    <t>CONFORME: JABONES Y GELES.</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>ARSA-0625-BPM-0003</t>
+  </si>
+  <si>
+    <t>BPM COS ARSA-0625-BPM-0003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONFORME: JABONES, PRODUCTO PARA EL CABELLO Y EL CUERO CABELLUDO, CREMAS, EMULSIONES, LOCIONES, GELES Y ACEITES PERFUMADAS O NO, PRODUCTOS PARA MAQUILLAR O DESMAQUILLAR, PRODUCTOS PARA UÑAS Y CUTÍCULA, PERFUMES, AGUAS DE TOCADOR, AGUAS DE COLONIA..
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr codeName=""/>
-  <dimension ref="A1:G45"/>
+  <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
-    <col min="2" max="2" width="43.395362854003906" customWidth="1"/>
+    <col min="2" max="2" width="41.562705993652344" customWidth="1"/>
     <col min="3" max="3" width="111.50659942626953" customWidth="1"/>
-    <col min="4" max="4" width="14.473986625671387" customWidth="1"/>
-    <col min="5" max="5" width="66.91529083251953" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" customWidth="1"/>
+    <col min="5" max="5" width="42.54484939575195" customWidth="1"/>
     <col min="6" max="6" width="25.43613052368164" customWidth="1"/>
     <col min="7" max="7" width="483.5033874511719" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
         <v>6</v>
@@ -1019,912 +602,360 @@
       </c>
       <c r="E6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="F7" s="0" t="s">
+      <c r="G7" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="B8" s="0" t="s">
+      <c r="C8" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="D8" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="0" t="s">
+      <c r="F8" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="F8" s="0" t="s">
+      <c r="G8" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="C9" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="D9" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="0" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>71</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>76</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>77</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>83</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D15" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="E15" s="0" t="s">
+      <c r="F15" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="F15" s="0" t="s">
+      <c r="G15" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="B16" s="0" t="s">
+      <c r="C16" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="D16" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="0" t="s">
+      <c r="F16" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="F16" s="0" t="s">
+      <c r="G16" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="C17" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="D17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="0" t="s">
+      <c r="F17" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="F17" s="0" t="s">
+      <c r="G17" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="B18" s="0" t="s">
+      <c r="C18" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="D18" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="F18" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="D18" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="0" t="s">
+      <c r="G18" s="0" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="B19" s="0" t="s">
+      <c r="D19" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="F19" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="D19" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G19" s="0" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="F20" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="G20" s="0" t="s">
         <v>118</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="G21" s="0" t="s">
         <v>122</v>
-      </c>
-[...568 lines deleted...]
-        <v>258</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>